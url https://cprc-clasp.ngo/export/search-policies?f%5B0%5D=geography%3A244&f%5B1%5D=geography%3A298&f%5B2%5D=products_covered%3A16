--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -1320,51 +1320,53 @@
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>89</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
         <v>81</v>
       </c>
       <c r="E12" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>91</v>
       </c>
       <c r="G12" t="s">
         <v>39</v>
       </c>
-      <c r="H12"/>
+      <c r="H12">
+        <v>2024</v>
+      </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>92</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>86</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>93</v>
       </c>
       <c r="P12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>95</v>
       </c>