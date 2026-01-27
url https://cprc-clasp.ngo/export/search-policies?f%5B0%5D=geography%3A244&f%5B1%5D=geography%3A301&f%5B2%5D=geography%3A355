--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -8986,51 +8986,51 @@
       </c>
       <c r="P122" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>623</v>
       </c>
       <c r="B123" t="s">
         <v>624</v>
       </c>
       <c r="C123" t="s">
         <v>38</v>
       </c>
       <c r="D123" t="s">
         <v>625</v>
       </c>
       <c r="E123" t="s">
         <v>40</v>
       </c>
       <c r="F123" t="s">
         <v>626</v>
       </c>
       <c r="G123" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H123">
         <v>2021</v>
       </c>
       <c r="I123">
         <v>2024</v>
       </c>
       <c r="J123" t="s">
         <v>627</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
         <v>628</v>
       </c>
       <c r="M123" t="s">
         <v>42</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
         <v>629</v>
       </c>