--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,258 +12,304 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -527,401 +573,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="129" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="108.402" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2008</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...24 lines deleted...]
-      <c r="I3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...10 lines deleted...]
-        <v>27</v>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...24 lines deleted...]
-      <c r="I4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...10 lines deleted...]
-        <v>30</v>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...37 lines deleted...]
-      <c r="N5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K6" t="s">
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="L6" t="s">
-[...5 lines deleted...]
-      <c r="N6" t="s">
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="K7" t="s">
         <v>46</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
         <v>48</v>
       </c>
-      <c r="F7" t="s">
-[...10 lines deleted...]
-      <c r="K7" t="s">
+      <c r="N7" t="s">
         <v>49</v>
       </c>
-      <c r="L7" t="s">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>