--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -278,66 +278,72 @@
   <si>
     <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
     <t>applies to remote refrigerated display cabinets for food sales and display.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -754,51 +760,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="654.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1328,372 +1334,372 @@
       </c>
       <c r="P11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>87</v>
       </c>
       <c r="G12" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="H12">
         <v>1989</v>
       </c>
       <c r="I12">
         <v>2016</v>
       </c>
       <c r="J12" t="s">
         <v>54</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>87</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
       <c r="H13">
         <v>1989</v>
       </c>
       <c r="I13">
         <v>2025</v>
       </c>
       <c r="J13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="M13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>87</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2012</v>
       </c>
       <c r="J14" t="s">
         <v>54</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>40</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>87</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2017</v>
       </c>
       <c r="J15" t="s">
         <v>54</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>87</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>87</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>54</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="M18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">