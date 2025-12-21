--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -985,50 +985,53 @@
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
   </si>
   <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
     <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
@@ -1369,50 +1372,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
   </si>
   <si>
     <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
@@ -1818,51 +1824,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4238,1420 +4244,1422 @@
       </c>
       <c r="P49" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>309</v>
       </c>
       <c r="B50" t="s">
         <v>310</v>
       </c>
       <c r="C50" t="s">
         <v>311</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>127</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>312</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="M50" t="s">
         <v>271</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C51" t="s">
         <v>118</v>
       </c>
       <c r="D51" t="s">
         <v>64</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>127</v>
       </c>
       <c r="G51" t="s">
         <v>50</v>
       </c>
       <c r="H51">
         <v>2024</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M51" t="s">
         <v>120</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C52" t="s">
         <v>118</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>127</v>
       </c>
       <c r="G52" t="s">
         <v>50</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52">
         <v>2024</v>
       </c>
       <c r="J52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M52" t="s">
         <v>120</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C53" t="s">
         <v>208</v>
       </c>
       <c r="D53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>127</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2008</v>
       </c>
       <c r="I53">
         <v>2020</v>
       </c>
       <c r="J53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="O53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C54" t="s">
         <v>164</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>277</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M54" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B55" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D55" t="s">
         <v>64</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>127</v>
       </c>
       <c r="G55" t="s">
         <v>50</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>173</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D56" t="s">
         <v>33</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>127</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56">
         <v>2017</v>
       </c>
       <c r="J56" t="s">
         <v>173</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B57" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D57" t="s">
         <v>57</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>50</v>
       </c>
       <c r="H57">
         <v>2008</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>173</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B58" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C58" t="s">
         <v>143</v>
       </c>
       <c r="D58" t="s">
         <v>57</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2019</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B59" t="s">
         <v>157</v>
       </c>
       <c r="C59" t="s">
         <v>143</v>
       </c>
       <c r="D59" t="s">
         <v>57</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>50</v>
       </c>
       <c r="H59">
         <v>2015</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>145</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>146</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P59" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B60" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C60" t="s">
         <v>143</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
         <v>145</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
         <v>146</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P60" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B61" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C61" t="s">
         <v>164</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>50</v>
       </c>
-      <c r="H61"/>
+      <c r="H61">
+        <v>2024</v>
+      </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B62" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C62" t="s">
         <v>200</v>
       </c>
       <c r="D62" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E62" t="s">
         <v>74</v>
       </c>
       <c r="F62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G62" t="s">
         <v>50</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P62" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C63" t="s">
         <v>200</v>
       </c>
       <c r="D63" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E63" t="s">
         <v>74</v>
       </c>
       <c r="F63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="G63" t="s">
         <v>50</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P63" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C64" t="s">
         <v>200</v>
       </c>
       <c r="D64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E64" t="s">
         <v>74</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>50</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P64" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E65" t="s">
         <v>74</v>
       </c>
       <c r="F65" t="s">
         <v>75</v>
       </c>
       <c r="G65" t="s">
         <v>50</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M65" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P65" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D66" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E66" t="s">
         <v>74</v>
       </c>
       <c r="F66" t="s">
         <v>75</v>
       </c>
       <c r="G66" t="s">
         <v>50</v>
       </c>
       <c r="H66">
         <v>2015</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M66" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="P66" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B67" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C67" t="s">
         <v>118</v>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>34</v>
       </c>
       <c r="G67" t="s">
         <v>50</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M67" t="s">
         <v>120</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P67" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B68" t="s">
         <v>33</v>
       </c>
       <c r="C68" t="s">
         <v>143</v>
       </c>
       <c r="D68" t="s">
         <v>33</v>
       </c>
       <c r="E68" t="s">
         <v>74</v>
       </c>
       <c r="F68" t="s">
         <v>75</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68">
         <v>2012</v>
       </c>
       <c r="J68" t="s">
         <v>145</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>146</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P68" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C69" t="s">
         <v>215</v>
       </c>
       <c r="D69" t="s">
         <v>33</v>
       </c>
       <c r="E69" t="s">
         <v>74</v>
       </c>
       <c r="F69" t="s">
         <v>127</v>
       </c>
       <c r="G69" t="s">
         <v>50</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M69" t="s">
         <v>218</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P69" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C70" t="s">
         <v>164</v>
       </c>
       <c r="D70" t="s">
         <v>33</v>
       </c>
       <c r="E70" t="s">
         <v>74</v>
       </c>
       <c r="F70" t="s">
         <v>75</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70">
         <v>2012</v>
       </c>
       <c r="J70" t="s">
         <v>145</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P70" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C71" t="s">
         <v>109</v>
       </c>
       <c r="D71" t="s">
         <v>64</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2015</v>
       </c>
       <c r="J71" t="s">
         <v>112</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="M71" t="s">
         <v>113</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P71" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B72" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C72" t="s">
         <v>109</v>
       </c>
       <c r="D72" t="s">
         <v>33</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72">
         <v>2021</v>
       </c>
       <c r="J72" t="s">
         <v>236</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>113</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P72" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B73" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C73" t="s">
         <v>109</v>
       </c>
       <c r="D73" t="s">
         <v>33</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>436</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73">
         <v>2015</v>
       </c>
       <c r="J73" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>113</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="P73" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B74" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C74" t="s">
         <v>109</v>
       </c>
       <c r="D74" t="s">
         <v>33</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>50</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>112</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>113</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="P74" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B75" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C75" t="s">
         <v>200</v>
       </c>
       <c r="D75" t="s">
         <v>49</v>
       </c>
       <c r="E75" t="s">
         <v>74</v>
       </c>
       <c r="F75" t="s">
         <v>75</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2013</v>
       </c>
       <c r="I75">
         <v>2018</v>
       </c>
       <c r="J75" t="s">
         <v>201</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="M75" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="P75" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B76" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C76" t="s">
         <v>200</v>
       </c>
       <c r="D76" t="s">
         <v>33</v>
       </c>
       <c r="E76" t="s">
         <v>74</v>
       </c>
       <c r="F76" t="s">
         <v>75</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2004</v>
       </c>
       <c r="I76">
         <v>2012</v>
       </c>
       <c r="J76" t="s">
         <v>201</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="M76" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="P76" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B77" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C77" t="s">
         <v>200</v>
       </c>
       <c r="D77" t="s">
         <v>144</v>
       </c>
       <c r="E77" t="s">
         <v>74</v>
       </c>
       <c r="F77" t="s">
         <v>75</v>
       </c>
       <c r="G77" t="s">
         <v>50</v>
       </c>
       <c r="H77">
         <v>2004</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>201</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="M77" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="P77" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B78" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C78" t="s">
         <v>208</v>
       </c>
       <c r="D78" t="s">
         <v>64</v>
       </c>
       <c r="E78" t="s">
         <v>74</v>
       </c>
       <c r="F78" t="s">
         <v>75</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2003</v>
       </c>
       <c r="I78">
         <v>2020</v>
       </c>
       <c r="J78" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="P78" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">