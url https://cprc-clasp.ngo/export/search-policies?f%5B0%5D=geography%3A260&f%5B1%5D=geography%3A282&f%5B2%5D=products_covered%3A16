--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -856,81 +856,81 @@
   <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
     <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
   </si>
   <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1008,66 +1008,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
     <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
     <t>This policy covers precipitators.</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1486,51 +1489,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3784,89 +3787,89 @@
       </c>
       <c r="P46" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>277</v>
       </c>
       <c r="B47" t="s">
         <v>278</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>177</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>279</v>
       </c>
       <c r="G47" t="s">
-        <v>33</v>
+        <v>280</v>
       </c>
       <c r="H47">
         <v>2007</v>
       </c>
       <c r="I47">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J47" t="s">
         <v>93</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>178</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C48" t="s">
-        <v>284</v>
+        <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>285</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>279</v>
       </c>
       <c r="G48" t="s">
         <v>8</v>
       </c>
       <c r="H48">
         <v>2007</v>
       </c>
       <c r="I48">
         <v>2025</v>
       </c>
       <c r="J48" t="s">
         <v>286</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
@@ -4282,368 +4285,368 @@
       </c>
       <c r="P56" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>328</v>
       </c>
       <c r="B57" t="s">
         <v>55</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
         <v>56</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>279</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>329</v>
       </c>
       <c r="H57">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>23</v>
+        <v>330</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
         <v>57</v>
       </c>
       <c r="M57" t="s">
         <v>325</v>
       </c>
       <c r="N57" t="s">
         <v>37</v>
       </c>
       <c r="O57" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="P57" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>279</v>
       </c>
       <c r="G58" t="s">
         <v>33</v>
       </c>
       <c r="H58">
         <v>2018</v>
       </c>
       <c r="I58">
         <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M58" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="N58" t="s">
         <v>37</v>
       </c>
       <c r="O58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P58" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B59" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
         <v>56</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>279</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2020</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="M59" t="s">
         <v>325</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P59" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B60" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C60" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D60" t="s">
         <v>85</v>
       </c>
       <c r="E60" t="s">
         <v>91</v>
       </c>
       <c r="F60" t="s">
         <v>92</v>
       </c>
       <c r="G60" t="s">
         <v>33</v>
       </c>
       <c r="H60">
         <v>2006</v>
       </c>
       <c r="I60">
         <v>2015</v>
       </c>
       <c r="J60" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="M60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N60" t="s">
         <v>37</v>
       </c>
       <c r="O60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C61" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E61" t="s">
         <v>91</v>
       </c>
       <c r="F61" t="s">
         <v>92</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="L61" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M61" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N61" t="s">
         <v>37</v>
       </c>
       <c r="O61" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P61" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B62" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C62" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
         <v>91</v>
       </c>
       <c r="F62" t="s">
         <v>92</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M62" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N62" t="s">
         <v>37</v>
       </c>
       <c r="O62" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B63" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C63" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D63" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E63" t="s">
         <v>91</v>
       </c>
       <c r="F63" t="s">
         <v>92</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M63" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N63" t="s">
         <v>37</v>
       </c>
       <c r="O63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">