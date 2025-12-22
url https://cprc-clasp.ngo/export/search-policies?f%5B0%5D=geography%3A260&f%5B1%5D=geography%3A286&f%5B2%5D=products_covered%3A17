--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
     <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>