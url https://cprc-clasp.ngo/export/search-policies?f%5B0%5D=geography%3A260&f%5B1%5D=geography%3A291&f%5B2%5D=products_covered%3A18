--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -68,145 +68,148 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
 (a) one door or two door;
 (b) can be connected to main power; and
 (c) within the scope of MS IEC 62552-1:2016 or equivalent standard
 IEC 62552-1:2015</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
     <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -648,272 +651,272 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>41</v>
       </c>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2014</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">