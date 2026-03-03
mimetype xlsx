--- v0 (2025-11-05)
+++ v1 (2026-03-03)
@@ -108,66 +108,66 @@
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -191,137 +191,137 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
     <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
@@ -1050,99 +1050,99 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>39</v>
       </c>
       <c r="P4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
@@ -1285,54 +1285,54 @@
       </c>
       <c r="P7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>58</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>59</v>
@@ -1425,51 +1425,53 @@
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>2024</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>69</v>
       </c>
       <c r="P11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>70</v>
       </c>