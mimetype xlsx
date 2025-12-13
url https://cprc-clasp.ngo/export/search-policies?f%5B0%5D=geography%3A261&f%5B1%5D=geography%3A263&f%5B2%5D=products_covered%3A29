--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,410 +12,534 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -679,941 +803,1060 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>54</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>83</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>85</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>110</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>121</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...16 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...18 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...16 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>133</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...18 lines deleted...]
-      <c r="J5" t="s">
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>130</v>
+      </c>
+      <c r="D20" t="s">
+        <v>138</v>
+      </c>
+      <c r="E20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...451 lines deleted...]
-      <c r="G16">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2021</v>
       </c>
-      <c r="H16"/>
-[...164 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>131</v>
       </c>
       <c r="K20" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>100</v>
+        <v>139</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>133</v>
       </c>
       <c r="N20" t="s">
-        <v>106</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>