--- v0 (2025-11-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -191,127 +191,130 @@
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
@@ -404,50 +407,53 @@
     <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
     <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
   <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
   </si>
@@ -1118,110 +1124,110 @@
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="H6">
         <v>1989</v>
       </c>
       <c r="I6">
         <v>2009</v>
       </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>57</v>
       </c>
       <c r="D7" t="s">
         <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7">
         <v>1989</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>67</v>
       </c>
       <c r="M7" t="s">
         <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
         <v>69</v>
       </c>
       <c r="P7" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>71</v>
       </c>
       <c r="B8" t="s">
@@ -1268,548 +1274,548 @@
       </c>
       <c r="P8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>80</v>
       </c>
       <c r="B9" t="s">
         <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>73</v>
       </c>
       <c r="D9" t="s">
         <v>58</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>74</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
         <v>77</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>40</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>74</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2023</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
         <v>42</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2009</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>50</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>51</v>
       </c>
       <c r="M11" t="s">
         <v>52</v>
       </c>
       <c r="N11" t="s">
         <v>25</v>
       </c>
       <c r="O11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N12" t="s">
         <v>25</v>
       </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>74</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>25</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
         <v>25</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>25</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>74</v>
       </c>
       <c r="G16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>66</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>25</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>30</v>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2007</v>
       </c>
       <c r="I17">
         <v>2020</v>
       </c>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
         <v>35</v>
       </c>
       <c r="N17" t="s">
         <v>25</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="M18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>25</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2001</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M19" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="N19" t="s">
         <v>25</v>
       </c>
       <c r="O19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">