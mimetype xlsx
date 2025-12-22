--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -322,66 +322,69 @@
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2017L01608</t>
   </si>
   <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -1433,414 +1436,414 @@
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H13">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="s">
         <v>76</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14">
         <v>2015</v>
       </c>
       <c r="J14" t="s">
         <v>77</v>
       </c>
       <c r="K14" t="s">
         <v>35</v>
       </c>
       <c r="L14" t="s">
         <v>78</v>
       </c>
       <c r="M14" t="s">
         <v>79</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2018</v>
       </c>
       <c r="J15" t="s">
         <v>69</v>
       </c>
       <c r="K15" t="s">
         <v>35</v>
       </c>
       <c r="L15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
         <v>104</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2025</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
         <v>66</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>67</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>69</v>
       </c>
       <c r="K17" t="s">
         <v>35</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>71</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
         <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>67</v>
       </c>
       <c r="F18" t="s">
         <v>68</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>67</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>67</v>
       </c>
       <c r="F20" t="s">
         <v>68</v>
       </c>
       <c r="G20" t="s">
         <v>33</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2020</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>35</v>
       </c>
       <c r="L20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">