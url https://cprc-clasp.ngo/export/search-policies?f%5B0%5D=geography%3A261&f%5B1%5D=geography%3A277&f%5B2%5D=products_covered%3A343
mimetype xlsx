--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -152,69 +152,69 @@
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
@@ -784,51 +784,51 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>48</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>36</v>
       </c>
       <c r="O5" t="s">
         <v>52</v>
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>