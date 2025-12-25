--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -221,120 +221,123 @@
   <si>
     <t>It covers grills or ovens</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...4 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
     <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
   </si>
   <si>
     <t>August 2018</t>
@@ -740,51 +743,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="329.063" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1106,410 +1109,412 @@
       </c>
       <c r="P7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>67</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>47</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
         <v>2015</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="H9">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>56</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>80</v>
       </c>
       <c r="P9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>56</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
       <c r="M10" t="s">
         <v>79</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>85</v>
       </c>
       <c r="P10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
         <v>56</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
         <v>79</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2006</v>
       </c>
       <c r="I12">
         <v>2016</v>
       </c>
       <c r="J12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>56</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>53</v>
       </c>
       <c r="F13" t="s">
         <v>54</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K13" t="s">
         <v>56</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
         <v>53</v>
       </c>
       <c r="F14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G14" t="s">
         <v>32</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>56</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>53</v>
       </c>
       <c r="F15" t="s">
         <v>47</v>
       </c>
       <c r="G15" t="s">
         <v>32</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K15" t="s">
         <v>56</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">