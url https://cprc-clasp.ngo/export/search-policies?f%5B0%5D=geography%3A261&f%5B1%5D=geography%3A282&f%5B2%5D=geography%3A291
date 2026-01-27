--- v0 (2025-11-11)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1811">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3590,125 +3590,125 @@
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
     <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
   </si>
   <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
@@ -3924,78 +3924,78 @@
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
@@ -4003,50 +4003,53 @@
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -4514,50 +4517,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
@@ -4872,171 +4878,177 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>GB 39177-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -5120,207 +5132,188 @@
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>MS 1220:2010
-[...7 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
-[...30 lines deleted...]
-  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -5363,68 +5356,74 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
@@ -5456,75 +5455,78 @@
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
@@ -6002,51 +6004,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P355"/>
+  <dimension ref="A1:P354"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -16968,265 +16970,267 @@
       </c>
       <c r="P226" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
         <v>1185</v>
       </c>
       <c r="B227" t="s">
         <v>142</v>
       </c>
       <c r="C227" t="s">
         <v>18</v>
       </c>
       <c r="D227" t="s">
         <v>143</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>407</v>
       </c>
       <c r="G227" t="s">
-        <v>22</v>
+        <v>1186</v>
       </c>
       <c r="H227">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I227"/>
+        <v>1989</v>
+      </c>
+      <c r="I227">
+        <v>2017</v>
+      </c>
       <c r="J227" t="s">
-        <v>23</v>
+        <v>1187</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227" t="s">
         <v>144</v>
       </c>
       <c r="M227" t="s">
         <v>1171</v>
       </c>
       <c r="N227" t="s">
         <v>34</v>
       </c>
       <c r="O227" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="P227" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B228" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="C228" t="s">
         <v>18</v>
       </c>
       <c r="D228" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>407</v>
       </c>
       <c r="G228" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H228">
         <v>1989</v>
       </c>
       <c r="I228">
         <v>2009</v>
       </c>
       <c r="J228" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228" t="s">
         <v>190</v>
       </c>
       <c r="M228" t="s">
         <v>26</v>
       </c>
       <c r="N228" t="s">
         <v>34</v>
       </c>
       <c r="O228" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="P228" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B229" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="C229" t="s">
         <v>18</v>
       </c>
       <c r="D229" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>407</v>
       </c>
       <c r="G229" t="s">
         <v>75</v>
       </c>
       <c r="H229">
         <v>1989</v>
       </c>
       <c r="I229">
         <v>2021</v>
       </c>
       <c r="J229" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="M229" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N229" t="s">
         <v>34</v>
       </c>
       <c r="O229" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="P229" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="B230" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C230" t="s">
         <v>18</v>
       </c>
       <c r="D230" t="s">
         <v>803</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>407</v>
       </c>
       <c r="G230" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H230">
         <v>2000</v>
       </c>
       <c r="I230">
         <v>2012</v>
       </c>
       <c r="J230" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="M230" t="s">
         <v>26</v>
       </c>
       <c r="N230" t="s">
         <v>34</v>
       </c>
       <c r="O230" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="P230" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="B231" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="C231" t="s">
         <v>18</v>
       </c>
       <c r="D231" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>407</v>
       </c>
       <c r="G231" t="s">
         <v>75</v>
       </c>
       <c r="H231">
         <v>1999</v>
       </c>
       <c r="I231">
         <v>2022</v>
       </c>
       <c r="J231" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N231" t="s">
         <v>34</v>
       </c>
       <c r="O231" t="s">
         <v>1209</v>
       </c>
       <c r="P231" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
         <v>1211</v>
       </c>
       <c r="B232" t="s">
         <v>1212</v>
       </c>
       <c r="C232" t="s">
         <v>18</v>
       </c>
       <c r="D232" t="s">
         <v>57</v>
       </c>
       <c r="E232" t="s">
@@ -17464,60 +17468,60 @@
       </c>
       <c r="P236" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
         <v>1234</v>
       </c>
       <c r="B237" t="s">
         <v>1235</v>
       </c>
       <c r="C237" t="s">
         <v>18</v>
       </c>
       <c r="D237" t="s">
         <v>803</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>407</v>
       </c>
       <c r="G237" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H237">
         <v>2005</v>
       </c>
       <c r="I237">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J237" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237" t="s">
         <v>804</v>
       </c>
       <c r="M237" t="s">
         <v>26</v>
       </c>
       <c r="N237" t="s">
         <v>34</v>
       </c>
       <c r="O237" t="s">
         <v>1236</v>
       </c>
       <c r="P237" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
         <v>1238</v>
       </c>
       <c r="B238" t="s">
@@ -17812,60 +17816,60 @@
       </c>
       <c r="P243" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
         <v>1268</v>
       </c>
       <c r="B244" t="s">
         <v>1269</v>
       </c>
       <c r="C244" t="s">
         <v>18</v>
       </c>
       <c r="D244" t="s">
         <v>803</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>407</v>
       </c>
       <c r="G244" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H244">
         <v>2005</v>
       </c>
       <c r="I244">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J244" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
         <v>1270</v>
       </c>
       <c r="M244" t="s">
         <v>26</v>
       </c>
       <c r="N244" t="s">
         <v>34</v>
       </c>
       <c r="O244" t="s">
         <v>1271</v>
       </c>
       <c r="P244" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
         <v>1273</v>
       </c>
       <c r="B245" t="s">
@@ -17962,89 +17966,89 @@
       </c>
       <c r="P246" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
         <v>1284</v>
       </c>
       <c r="B247" t="s">
         <v>1285</v>
       </c>
       <c r="C247" t="s">
         <v>18</v>
       </c>
       <c r="D247" t="s">
         <v>434</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>407</v>
       </c>
       <c r="G247" t="s">
-        <v>75</v>
+        <v>1286</v>
       </c>
       <c r="H247">
         <v>2007</v>
       </c>
       <c r="I247">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J247" t="s">
         <v>51</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247" t="s">
         <v>829</v>
       </c>
       <c r="M247" t="s">
         <v>26</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="P247" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="B248" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C248" t="s">
-        <v>1290</v>
+        <v>18</v>
       </c>
       <c r="D248" t="s">
         <v>1291</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>407</v>
       </c>
       <c r="G248" t="s">
         <v>8</v>
       </c>
       <c r="H248">
         <v>2007</v>
       </c>
       <c r="I248">
         <v>2025</v>
       </c>
       <c r="J248" t="s">
         <v>1292</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
@@ -18162,5130 +18166,5082 @@
       </c>
       <c r="P250" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
         <v>1303</v>
       </c>
       <c r="B251" t="s">
         <v>1304</v>
       </c>
       <c r="C251" t="s">
         <v>18</v>
       </c>
       <c r="D251" t="s">
         <v>1305</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>407</v>
       </c>
       <c r="G251" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H251">
         <v>2008</v>
       </c>
       <c r="I251">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J251" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251" t="s">
         <v>1306</v>
       </c>
       <c r="M251" t="s">
         <v>26</v>
       </c>
       <c r="N251" t="s">
         <v>34</v>
       </c>
       <c r="O251" t="s">
         <v>1307</v>
       </c>
       <c r="P251" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
         <v>1309</v>
       </c>
       <c r="B252" t="s">
         <v>1310</v>
       </c>
       <c r="C252" t="s">
-        <v>1290</v>
+        <v>1311</v>
       </c>
       <c r="D252" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>407</v>
       </c>
       <c r="G252" t="s">
         <v>75</v>
       </c>
       <c r="H252">
         <v>2008</v>
       </c>
       <c r="I252">
         <v>2024</v>
       </c>
       <c r="J252" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="M252" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N252" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="O252" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="P252" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B253" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C253" t="s">
         <v>18</v>
       </c>
       <c r="D253" t="s">
         <v>19</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>407</v>
       </c>
       <c r="G253" t="s">
         <v>75</v>
       </c>
       <c r="H253">
         <v>2008</v>
       </c>
       <c r="I253">
         <v>2008</v>
       </c>
       <c r="J253" t="s">
         <v>51</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
         <v>25</v>
       </c>
       <c r="M253" t="s">
         <v>26</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="P253" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="B254" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C254" t="s">
         <v>18</v>
       </c>
       <c r="D254" t="s">
         <v>172</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>407</v>
       </c>
       <c r="G254" t="s">
         <v>75</v>
       </c>
       <c r="H254">
         <v>2008</v>
       </c>
       <c r="I254">
         <v>2011</v>
       </c>
       <c r="J254" t="s">
         <v>51</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
         <v>173</v>
       </c>
       <c r="M254" t="s">
         <v>26</v>
       </c>
       <c r="N254" t="s">
         <v>34</v>
       </c>
       <c r="O254" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="P254" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B255" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C255" t="s">
         <v>18</v>
       </c>
       <c r="D255" t="s">
         <v>178</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>407</v>
       </c>
       <c r="G255" t="s">
         <v>75</v>
       </c>
       <c r="H255">
         <v>2008</v>
       </c>
       <c r="I255">
         <v>2016</v>
       </c>
       <c r="J255" t="s">
         <v>51</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="M255" t="s">
         <v>26</v>
       </c>
       <c r="N255" t="s">
         <v>34</v>
       </c>
       <c r="O255" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="P255" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B256" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C256" t="s">
         <v>18</v>
       </c>
       <c r="D256" t="s">
         <v>282</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>407</v>
       </c>
       <c r="G256" t="s">
         <v>75</v>
       </c>
       <c r="H256">
         <v>2010</v>
       </c>
       <c r="I256">
         <v>2015</v>
       </c>
       <c r="J256" t="s">
         <v>51</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256" t="s">
         <v>283</v>
       </c>
       <c r="M256" t="s">
         <v>26</v>
       </c>
       <c r="N256" t="s">
         <v>34</v>
       </c>
       <c r="O256" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="P256" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B257" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="C257" t="s">
         <v>18</v>
       </c>
       <c r="D257" t="s">
         <v>341</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>407</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2010</v>
       </c>
       <c r="I257">
         <v>2021</v>
       </c>
       <c r="J257" t="s">
         <v>23</v>
       </c>
       <c r="K257" t="s">
         <v>160</v>
       </c>
       <c r="L257" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="M257" t="s">
         <v>26</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="P257" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B258" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C258" t="s">
         <v>18</v>
       </c>
       <c r="D258" t="s">
         <v>341</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>407</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2010</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
         <v>51</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="M258" t="s">
         <v>1276</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="P258" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B259" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C259" t="s">
         <v>18</v>
       </c>
       <c r="D259" t="s">
         <v>230</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>407</v>
       </c>
       <c r="G259" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H259">
         <v>2010</v>
       </c>
       <c r="I259">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J259" t="s">
-        <v>23</v>
+        <v>1187</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
         <v>127</v>
       </c>
       <c r="M259" t="s">
         <v>26</v>
       </c>
       <c r="N259" t="s">
         <v>34</v>
       </c>
       <c r="O259" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="P259" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B260" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C260" t="s">
         <v>18</v>
       </c>
       <c r="D260" t="s">
         <v>83</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>407</v>
       </c>
       <c r="G260" t="s">
         <v>75</v>
       </c>
       <c r="H260">
         <v>1989</v>
       </c>
       <c r="I260">
         <v>2016</v>
       </c>
       <c r="J260" t="s">
         <v>51</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
         <v>84</v>
       </c>
       <c r="M260" t="s">
         <v>26</v>
       </c>
       <c r="N260" t="s">
         <v>34</v>
       </c>
       <c r="O260" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="P260" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="B261" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="C261" t="s">
         <v>18</v>
       </c>
       <c r="D261" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>407</v>
       </c>
       <c r="G261" t="s">
         <v>75</v>
       </c>
       <c r="H261">
         <v>2010</v>
       </c>
       <c r="I261">
         <v>2021</v>
       </c>
       <c r="J261" t="s">
         <v>76</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="M261" t="s">
         <v>1171</v>
       </c>
       <c r="N261" t="s">
         <v>34</v>
       </c>
       <c r="O261" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="P261" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="B262" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C262" t="s">
         <v>18</v>
       </c>
       <c r="D262" t="s">
         <v>322</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>407</v>
       </c>
       <c r="G262" t="s">
         <v>75</v>
       </c>
       <c r="H262">
         <v>2011</v>
       </c>
       <c r="I262">
         <v>2020</v>
       </c>
       <c r="J262" t="s">
         <v>51</v>
       </c>
       <c r="K262" t="s">
         <v>312</v>
       </c>
       <c r="L262" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="M262" t="s">
         <v>1276</v>
       </c>
       <c r="N262" t="s">
         <v>314</v>
       </c>
       <c r="O262" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="P262" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B263" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C263" t="s">
         <v>18</v>
       </c>
       <c r="D263" t="s">
         <v>310</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>407</v>
       </c>
       <c r="G263" t="s">
         <v>75</v>
       </c>
       <c r="H263">
         <v>2010</v>
       </c>
       <c r="I263">
         <v>2017</v>
       </c>
       <c r="J263" t="s">
         <v>51</v>
       </c>
       <c r="K263" t="s">
         <v>312</v>
       </c>
       <c r="L263" t="s">
         <v>325</v>
       </c>
       <c r="M263" t="s">
         <v>1276</v>
       </c>
       <c r="N263" t="s">
         <v>314</v>
       </c>
       <c r="O263" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="P263" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="B264" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C264" t="s">
         <v>18</v>
       </c>
       <c r="D264" t="s">
         <v>109</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>407</v>
       </c>
       <c r="G264" t="s">
         <v>75</v>
       </c>
       <c r="H264">
         <v>2011</v>
       </c>
       <c r="I264">
         <v>2016</v>
       </c>
       <c r="J264" t="s">
         <v>51</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
         <v>110</v>
       </c>
       <c r="M264" t="s">
         <v>26</v>
       </c>
       <c r="N264" t="s">
         <v>34</v>
       </c>
       <c r="O264" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="P264" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B265" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="C265" t="s">
         <v>18</v>
       </c>
       <c r="D265" t="s">
         <v>32</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>407</v>
       </c>
       <c r="G265" t="s">
         <v>75</v>
       </c>
       <c r="H265">
         <v>2011</v>
       </c>
       <c r="I265">
         <v>2012</v>
       </c>
       <c r="J265" t="s">
         <v>51</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
         <v>248</v>
       </c>
       <c r="M265" t="s">
         <v>26</v>
       </c>
       <c r="N265" t="s">
         <v>34</v>
       </c>
       <c r="O265" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="P265" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B266" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C266" t="s">
         <v>18</v>
       </c>
       <c r="D266" t="s">
         <v>32</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>407</v>
       </c>
       <c r="G266" t="s">
         <v>75</v>
       </c>
       <c r="H266">
         <v>2011</v>
       </c>
       <c r="I266">
         <v>2017</v>
       </c>
       <c r="J266" t="s">
         <v>51</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="M266" t="s">
         <v>26</v>
       </c>
       <c r="N266" t="s">
         <v>34</v>
       </c>
       <c r="O266" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="P266" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B267" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C267" t="s">
         <v>18</v>
       </c>
       <c r="D267" t="s">
         <v>370</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>407</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2021</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>23</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="M267" t="s">
         <v>1276</v>
       </c>
       <c r="N267" t="s">
         <v>34</v>
       </c>
       <c r="O267" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="P267" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B268" t="s">
         <v>235</v>
       </c>
       <c r="C268" t="s">
         <v>18</v>
       </c>
       <c r="D268" t="s">
         <v>172</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>407</v>
       </c>
       <c r="G268" t="s">
-        <v>75</v>
+        <v>1169</v>
       </c>
       <c r="H268">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I268">
         <v>2012</v>
       </c>
       <c r="J268" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K268" t="s">
         <v>236</v>
       </c>
       <c r="L268" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="M268" t="s">
         <v>26</v>
       </c>
       <c r="N268" t="s">
         <v>34</v>
       </c>
       <c r="O268" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="P268" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B269" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="C269" t="s">
         <v>18</v>
       </c>
       <c r="D269" t="s">
         <v>172</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>407</v>
       </c>
       <c r="G269" t="s">
         <v>8</v>
       </c>
       <c r="H269">
         <v>2011</v>
       </c>
       <c r="I269">
         <v>2025</v>
       </c>
       <c r="J269" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="M269" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N269" t="s">
         <v>34</v>
       </c>
       <c r="O269" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="P269" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B270" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C270" t="s">
         <v>18</v>
       </c>
       <c r="D270" t="s">
         <v>318</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>407</v>
       </c>
       <c r="G270" t="s">
         <v>75</v>
       </c>
       <c r="H270">
         <v>2012</v>
       </c>
       <c r="I270">
         <v>2020</v>
       </c>
       <c r="J270" t="s">
         <v>51</v>
       </c>
       <c r="K270" t="s">
         <v>312</v>
       </c>
       <c r="L270" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="M270" t="s">
         <v>1276</v>
       </c>
       <c r="N270" t="s">
         <v>314</v>
       </c>
       <c r="O270" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="P270" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B271" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C271" t="s">
         <v>18</v>
       </c>
       <c r="D271" t="s">
         <v>320</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>407</v>
       </c>
       <c r="G271" t="s">
         <v>75</v>
       </c>
       <c r="H271">
         <v>2013</v>
       </c>
       <c r="I271">
         <v>2020</v>
       </c>
       <c r="J271" t="s">
         <v>51</v>
       </c>
       <c r="K271" t="s">
         <v>312</v>
       </c>
       <c r="L271" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="M271" t="s">
         <v>1276</v>
       </c>
       <c r="N271" t="s">
         <v>314</v>
       </c>
       <c r="O271" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="P271" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B272" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C272" t="s">
         <v>18</v>
       </c>
       <c r="D272" t="s">
         <v>310</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>407</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2013</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
         <v>23</v>
       </c>
       <c r="K272" t="s">
         <v>312</v>
       </c>
       <c r="L272" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="M272" t="s">
         <v>1276</v>
       </c>
       <c r="N272" t="s">
         <v>314</v>
       </c>
       <c r="O272" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="P272" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B273" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="C273" t="s">
         <v>18</v>
       </c>
       <c r="D273" t="s">
         <v>242</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>407</v>
       </c>
       <c r="G273" t="s">
         <v>75</v>
       </c>
       <c r="H273">
         <v>2012</v>
       </c>
       <c r="I273">
         <v>2016</v>
       </c>
       <c r="J273" t="s">
         <v>51</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="M273" t="s">
         <v>26</v>
       </c>
       <c r="N273" t="s">
         <v>34</v>
       </c>
       <c r="O273" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="P273" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B274" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C274" t="s">
         <v>18</v>
       </c>
       <c r="D274" t="s">
         <v>214</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>407</v>
       </c>
       <c r="G274" t="s">
         <v>22</v>
       </c>
       <c r="H274">
         <v>2012</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
         <v>23</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="M274" t="s">
         <v>1276</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="P274" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B275" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="C275" t="s">
         <v>18</v>
       </c>
       <c r="D275" t="s">
         <v>515</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>407</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2020</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
         <v>23</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="M275" t="s">
         <v>1276</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="P275" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B276" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C276" t="s">
         <v>18</v>
       </c>
       <c r="D276" t="s">
         <v>259</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>407</v>
       </c>
       <c r="G276" t="s">
         <v>75</v>
       </c>
       <c r="H276">
         <v>2003</v>
       </c>
       <c r="I276">
         <v>2013</v>
       </c>
       <c r="J276" t="s">
         <v>51</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="M276" t="s">
         <v>26</v>
       </c>
       <c r="N276" t="s">
         <v>34</v>
       </c>
       <c r="O276" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="P276" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B277" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C277" t="s">
         <v>18</v>
       </c>
       <c r="D277" t="s">
         <v>803</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>407</v>
       </c>
       <c r="G277" t="s">
-        <v>75</v>
+        <v>1186</v>
       </c>
       <c r="H277">
         <v>2000</v>
       </c>
       <c r="I277">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J277" t="s">
         <v>51</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="M277" t="s">
         <v>26</v>
       </c>
       <c r="N277" t="s">
         <v>34</v>
       </c>
       <c r="O277" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="P277" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B278" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C278" t="s">
         <v>18</v>
       </c>
       <c r="D278" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>407</v>
       </c>
       <c r="G278" t="s">
         <v>75</v>
       </c>
       <c r="H278">
         <v>2003</v>
       </c>
       <c r="I278">
         <v>2013</v>
       </c>
       <c r="J278" t="s">
         <v>51</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="M278" t="s">
         <v>26</v>
       </c>
       <c r="N278" t="s">
         <v>34</v>
       </c>
       <c r="O278" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="P278" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B279" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C279" t="s">
         <v>18</v>
       </c>
       <c r="D279" t="s">
         <v>265</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>407</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
         <v>2013</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
         <v>51</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="M279" t="s">
         <v>26</v>
       </c>
       <c r="N279" t="s">
         <v>34</v>
       </c>
       <c r="O279" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="P279" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B280" t="s">
         <v>50</v>
       </c>
       <c r="C280" t="s">
         <v>18</v>
       </c>
       <c r="D280" t="s">
         <v>68</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>407</v>
       </c>
       <c r="G280" t="s">
         <v>22</v>
       </c>
       <c r="H280">
         <v>2013</v>
       </c>
       <c r="I280"/>
       <c r="J280" t="s">
         <v>23</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280" t="s">
         <v>52</v>
       </c>
       <c r="M280" t="s">
         <v>1276</v>
       </c>
       <c r="N280" t="s">
         <v>34</v>
       </c>
       <c r="O280" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="P280" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B281" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C281" t="s">
         <v>18</v>
       </c>
       <c r="D281" t="s">
         <v>172</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>407</v>
       </c>
       <c r="G281" t="s">
         <v>75</v>
       </c>
       <c r="H281">
         <v>2008</v>
       </c>
       <c r="I281">
         <v>2013</v>
       </c>
       <c r="J281" t="s">
         <v>51</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="M281" t="s">
         <v>26</v>
       </c>
       <c r="N281" t="s">
         <v>34</v>
       </c>
       <c r="O281" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="P281" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B282" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="C282" t="s">
         <v>18</v>
       </c>
       <c r="D282" t="s">
         <v>63</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>407</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2014</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
         <v>51</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282" t="s">
         <v>58</v>
       </c>
       <c r="M282" t="s">
         <v>1276</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="P282" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B283" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="C283" t="s">
         <v>18</v>
       </c>
       <c r="D283" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
         <v>407</v>
       </c>
       <c r="G283" t="s">
         <v>1250</v>
       </c>
       <c r="H283" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="I283">
         <v>2024</v>
       </c>
       <c r="J283" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283"/>
       <c r="M283" t="s">
         <v>1276</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="P283" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B284" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C284" t="s">
         <v>18</v>
       </c>
       <c r="D284" t="s">
         <v>57</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>407</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>2014</v>
       </c>
       <c r="I284"/>
       <c r="J284" t="s">
         <v>51</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="M284" t="s">
         <v>1276</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="P284" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B285" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="C285" t="s">
         <v>18</v>
       </c>
       <c r="D285" t="s">
         <v>259</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>407</v>
       </c>
       <c r="G285" t="s">
         <v>75</v>
       </c>
       <c r="H285">
         <v>2013</v>
       </c>
       <c r="I285">
         <v>2020</v>
       </c>
       <c r="J285" t="s">
         <v>51</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="M285" t="s">
         <v>26</v>
       </c>
       <c r="N285" t="s">
         <v>34</v>
       </c>
       <c r="O285" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="P285" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B286" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="C286" t="s">
         <v>18</v>
       </c>
       <c r="D286" t="s">
         <v>288</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>407</v>
       </c>
       <c r="G286" t="s">
-        <v>22</v>
+        <v>1474</v>
       </c>
       <c r="H286">
+        <v>2014</v>
+      </c>
+      <c r="I286">
         <v>2015</v>
       </c>
-      <c r="I286"/>
       <c r="J286" t="s">
         <v>51</v>
       </c>
       <c r="K286" t="s">
         <v>160</v>
       </c>
       <c r="L286" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="M286" t="s">
         <v>26</v>
       </c>
       <c r="N286" t="s">
         <v>34</v>
       </c>
       <c r="O286" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="P286" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B287" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="C287" t="s">
         <v>18</v>
       </c>
       <c r="D287" t="s">
         <v>310</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>407</v>
       </c>
       <c r="G287" t="s">
         <v>75</v>
       </c>
       <c r="H287">
         <v>2014</v>
       </c>
       <c r="I287">
         <v>2020</v>
       </c>
       <c r="J287" t="s">
         <v>51</v>
       </c>
       <c r="K287" t="s">
         <v>312</v>
       </c>
       <c r="L287" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="M287" t="s">
         <v>313</v>
       </c>
       <c r="N287" t="s">
         <v>314</v>
       </c>
       <c r="O287" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="P287" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="B288" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="C288" t="s">
         <v>18</v>
       </c>
       <c r="D288" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>407</v>
       </c>
       <c r="G288" t="s">
-        <v>75</v>
+        <v>1169</v>
       </c>
       <c r="H288">
         <v>2008</v>
       </c>
       <c r="I288">
         <v>2015</v>
       </c>
       <c r="J288" t="s">
-        <v>51</v>
+        <v>1187</v>
       </c>
       <c r="K288" t="s">
         <v>160</v>
       </c>
       <c r="L288" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="M288" t="s">
         <v>26</v>
       </c>
       <c r="N288" t="s">
         <v>34</v>
       </c>
       <c r="O288" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="P288" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="B289" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C289" t="s">
         <v>18</v>
       </c>
       <c r="D289" t="s">
         <v>137</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>407</v>
       </c>
       <c r="G289" t="s">
         <v>75</v>
       </c>
       <c r="H289">
         <v>2008</v>
       </c>
       <c r="I289">
         <v>2015</v>
       </c>
       <c r="J289" t="s">
         <v>51</v>
       </c>
       <c r="K289" t="s">
         <v>24</v>
       </c>
       <c r="L289" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="M289" t="s">
         <v>26</v>
       </c>
       <c r="N289" t="s">
         <v>34</v>
       </c>
       <c r="O289" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="P289" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="B290" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C290" t="s">
         <v>18</v>
       </c>
       <c r="D290" t="s">
         <v>706</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>407</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
         <v>2015</v>
       </c>
       <c r="I290"/>
       <c r="J290" t="s">
         <v>51</v>
       </c>
       <c r="K290" t="s">
         <v>24</v>
       </c>
       <c r="L290" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="M290" t="s">
         <v>26</v>
       </c>
       <c r="N290" t="s">
         <v>34</v>
       </c>
       <c r="O290" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="P290" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="B291" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="C291" t="s">
         <v>18</v>
       </c>
       <c r="D291" t="s">
         <v>259</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>407</v>
       </c>
       <c r="G291" t="s">
         <v>75</v>
       </c>
       <c r="H291">
         <v>2005</v>
       </c>
       <c r="I291">
         <v>2015</v>
       </c>
       <c r="J291" t="s">
         <v>51</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="M291" t="s">
         <v>26</v>
       </c>
       <c r="N291" t="s">
         <v>34</v>
       </c>
       <c r="O291" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="P291" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="B292" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="C292" t="s">
         <v>18</v>
       </c>
       <c r="D292" t="s">
         <v>97</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>407</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2016</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
         <v>51</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="M292" t="s">
         <v>1276</v>
       </c>
       <c r="N292" t="s">
         <v>34</v>
       </c>
       <c r="O292" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="P292" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="B293" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C293" t="s">
         <v>18</v>
       </c>
       <c r="D293" t="s">
         <v>473</v>
       </c>
       <c r="E293" t="s">
         <v>513</v>
       </c>
       <c r="F293" t="s">
         <v>407</v>
       </c>
       <c r="G293" t="s">
         <v>75</v>
       </c>
       <c r="H293">
         <v>2005</v>
       </c>
       <c r="I293">
         <v>2016</v>
       </c>
       <c r="J293" t="s">
         <v>51</v>
       </c>
       <c r="K293" t="s">
         <v>24</v>
       </c>
       <c r="L293" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="M293" t="s">
         <v>1276</v>
       </c>
       <c r="N293" t="s">
         <v>34</v>
       </c>
       <c r="O293" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="P293" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B294" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C294" t="s">
         <v>18</v>
       </c>
       <c r="D294" t="s">
         <v>473</v>
       </c>
       <c r="E294" t="s">
         <v>513</v>
       </c>
       <c r="F294" t="s">
         <v>407</v>
       </c>
       <c r="G294" t="s">
         <v>75</v>
       </c>
       <c r="H294">
         <v>2005</v>
       </c>
       <c r="I294">
         <v>2016</v>
       </c>
       <c r="J294" t="s">
         <v>51</v>
       </c>
       <c r="K294" t="s">
         <v>24</v>
       </c>
       <c r="L294" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="M294" t="s">
         <v>1276</v>
       </c>
       <c r="N294" t="s">
         <v>34</v>
       </c>
       <c r="O294" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="P294" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="B295" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="C295" t="s">
         <v>18</v>
       </c>
       <c r="D295" t="s">
         <v>473</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>407</v>
       </c>
       <c r="G295" t="s">
         <v>75</v>
       </c>
       <c r="H295">
         <v>2005</v>
       </c>
       <c r="I295">
         <v>2016</v>
       </c>
       <c r="J295" t="s">
         <v>51</v>
       </c>
       <c r="K295" t="s">
         <v>24</v>
       </c>
       <c r="L295" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="M295" t="s">
         <v>1276</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="P295" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="B296" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C296" t="s">
         <v>18</v>
       </c>
       <c r="D296" t="s">
         <v>121</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>407</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2016</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
         <v>51</v>
       </c>
       <c r="K296" t="s">
         <v>24</v>
       </c>
       <c r="L296" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="M296" t="s">
         <v>1276</v>
       </c>
       <c r="N296" t="s">
         <v>34</v>
       </c>
       <c r="O296" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="P296" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="B297" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="C297" t="s">
         <v>18</v>
       </c>
       <c r="D297" t="s">
         <v>473</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>407</v>
       </c>
       <c r="G297" t="s">
         <v>75</v>
       </c>
       <c r="H297">
         <v>2005</v>
       </c>
       <c r="I297">
         <v>2017</v>
       </c>
       <c r="J297" t="s">
         <v>51</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="M297" t="s">
         <v>1276</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="P297" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="B298" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C298" t="s">
         <v>18</v>
       </c>
       <c r="D298" t="s">
         <v>515</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>407</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2017</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
         <v>51</v>
       </c>
       <c r="K298" t="s">
         <v>24</v>
       </c>
       <c r="L298" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="M298" t="s">
         <v>1276</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="P298" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="B299" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="C299" t="s">
         <v>18</v>
       </c>
       <c r="D299" t="s">
         <v>1049</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>407</v>
       </c>
       <c r="G299" t="s">
         <v>75</v>
       </c>
       <c r="H299">
         <v>2017</v>
       </c>
       <c r="I299">
         <v>2021</v>
       </c>
       <c r="J299" t="s">
         <v>76</v>
       </c>
       <c r="K299" t="s">
         <v>312</v>
       </c>
       <c r="L299" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="M299" t="s">
         <v>1171</v>
       </c>
       <c r="N299" t="s">
         <v>314</v>
       </c>
       <c r="O299" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="P299" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="B300" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C300" t="s">
         <v>18</v>
       </c>
       <c r="D300" t="s">
         <v>617</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>407</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>2019</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
         <v>23</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="M300" t="s">
         <v>1276</v>
       </c>
       <c r="N300" t="s">
         <v>34</v>
       </c>
       <c r="O300" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="P300" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="B301" t="s">
         <v>102</v>
       </c>
       <c r="C301" t="s">
         <v>18</v>
       </c>
       <c r="D301" t="s">
         <v>103</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>407</v>
       </c>
       <c r="G301" t="s">
-        <v>22</v>
+        <v>1186</v>
       </c>
       <c r="H301">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
-        <v>23</v>
+        <v>1187</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301" t="s">
         <v>104</v>
       </c>
       <c r="M301" t="s">
         <v>1276</v>
       </c>
       <c r="N301" t="s">
         <v>34</v>
       </c>
       <c r="O301" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="P301" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="B302" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C302" t="s">
         <v>18</v>
       </c>
       <c r="D302" t="s">
         <v>103</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>407</v>
       </c>
       <c r="G302" t="s">
         <v>75</v>
       </c>
       <c r="H302">
         <v>2018</v>
       </c>
       <c r="I302">
         <v>2024</v>
       </c>
       <c r="J302" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
       <c r="K302" t="s">
         <v>24</v>
       </c>
       <c r="L302" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="M302" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N302" t="s">
         <v>34</v>
       </c>
       <c r="O302" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="P302" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="B303" t="s">
         <v>126</v>
       </c>
       <c r="C303" t="s">
         <v>18</v>
       </c>
       <c r="D303" t="s">
         <v>45</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>407</v>
       </c>
       <c r="G303" t="s">
-        <v>22</v>
+        <v>1474</v>
       </c>
       <c r="H303">
         <v>2020</v>
       </c>
       <c r="I303"/>
       <c r="J303" t="s">
         <v>23</v>
       </c>
       <c r="K303" t="s">
         <v>24</v>
       </c>
       <c r="L303" t="s">
         <v>127</v>
       </c>
       <c r="M303" t="s">
         <v>1276</v>
       </c>
       <c r="N303" t="s">
         <v>34</v>
       </c>
       <c r="O303" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="P303" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="B304" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="C304" t="s">
         <v>18</v>
       </c>
       <c r="D304" t="s">
         <v>45</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>407</v>
       </c>
       <c r="G304" t="s">
         <v>8</v>
       </c>
       <c r="H304">
         <v>1989</v>
       </c>
       <c r="I304">
         <v>2025</v>
       </c>
       <c r="J304" t="s">
         <v>1177</v>
       </c>
       <c r="K304" t="s">
         <v>24</v>
       </c>
       <c r="L304" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="M304" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N304" t="s">
         <v>34</v>
       </c>
       <c r="O304" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="P304" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="B305" t="s">
         <v>38</v>
       </c>
       <c r="C305" t="s">
         <v>18</v>
       </c>
       <c r="D305" t="s">
         <v>39</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>407</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>2020</v>
       </c>
       <c r="I305"/>
       <c r="J305" t="s">
         <v>23</v>
       </c>
       <c r="K305" t="s">
         <v>24</v>
       </c>
       <c r="L305" t="s">
         <v>40</v>
       </c>
       <c r="M305" t="s">
         <v>1276</v>
       </c>
       <c r="N305" t="s">
         <v>34</v>
       </c>
       <c r="O305" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P305" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="B306" t="s">
         <v>136</v>
       </c>
       <c r="C306" t="s">
         <v>18</v>
       </c>
       <c r="D306" t="s">
         <v>137</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>407</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>2020</v>
       </c>
       <c r="I306"/>
       <c r="J306" t="s">
         <v>23</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306" t="s">
         <v>138</v>
       </c>
       <c r="M306" t="s">
         <v>1276</v>
       </c>
       <c r="N306" t="s">
         <v>34</v>
       </c>
       <c r="O306" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P306" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="B307" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="C307" t="s">
         <v>18</v>
       </c>
       <c r="D307" t="s">
         <v>473</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>407</v>
       </c>
       <c r="G307" t="s">
         <v>22</v>
       </c>
       <c r="H307">
         <v>2020</v>
       </c>
       <c r="I307"/>
       <c r="J307" t="s">
         <v>23</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="M307" t="s">
         <v>1276</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="P307" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="B308" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="C308" t="s">
         <v>18</v>
       </c>
       <c r="D308" t="s">
         <v>103</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>407</v>
       </c>
       <c r="G308" t="s">
         <v>22</v>
       </c>
       <c r="H308">
         <v>2020</v>
       </c>
       <c r="I308"/>
       <c r="J308" t="s">
         <v>23</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="M308" t="s">
         <v>1276</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="P308" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B309" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="C309" t="s">
         <v>18</v>
       </c>
       <c r="D309" t="s">
         <v>473</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>407</v>
       </c>
       <c r="G309" t="s">
         <v>22</v>
       </c>
       <c r="H309">
         <v>2020</v>
       </c>
       <c r="I309"/>
       <c r="J309" t="s">
         <v>23</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="M309" t="s">
         <v>1276</v>
       </c>
       <c r="N309" t="s">
         <v>34</v>
       </c>
       <c r="O309" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="P309" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="B310" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="C310" t="s">
         <v>18</v>
       </c>
       <c r="D310" t="s">
         <v>365</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>407</v>
       </c>
       <c r="G310" t="s">
-        <v>22</v>
+        <v>1474</v>
       </c>
       <c r="H310">
         <v>2021</v>
       </c>
       <c r="I310"/>
       <c r="J310" t="s">
         <v>23</v>
       </c>
       <c r="K310" t="s">
         <v>353</v>
       </c>
       <c r="L310" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="M310" t="s">
         <v>1276</v>
       </c>
       <c r="N310" t="s">
         <v>354</v>
       </c>
       <c r="O310" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="P310" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B311" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="C311" t="s">
         <v>18</v>
       </c>
       <c r="D311" t="s">
         <v>365</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>407</v>
       </c>
       <c r="G311" t="s">
         <v>8</v>
       </c>
       <c r="H311">
         <v>2019</v>
       </c>
       <c r="I311">
         <v>2025</v>
       </c>
       <c r="J311" t="s">
-        <v>1195</v>
+        <v>1592</v>
       </c>
       <c r="K311" t="s">
         <v>24</v>
       </c>
       <c r="L311" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="M311" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N311" t="s">
         <v>354</v>
       </c>
       <c r="O311" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="P311" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="B312" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="C312" t="s">
         <v>18</v>
       </c>
       <c r="D312" t="s">
         <v>310</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>407</v>
       </c>
       <c r="G312" t="s">
-        <v>22</v>
+        <v>1598</v>
       </c>
       <c r="H312">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I312"/>
       <c r="J312" t="s">
-        <v>23</v>
+        <v>1187</v>
       </c>
       <c r="K312" t="s">
         <v>312</v>
       </c>
       <c r="L312" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="M312" t="s">
         <v>1276</v>
       </c>
       <c r="N312" t="s">
         <v>314</v>
       </c>
       <c r="O312" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="P312" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="B313" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="C313" t="s">
         <v>18</v>
       </c>
       <c r="D313" t="s">
         <v>310</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>407</v>
       </c>
       <c r="G313" t="s">
         <v>8</v>
       </c>
       <c r="H313">
         <v>2019</v>
       </c>
       <c r="I313">
         <v>2025</v>
       </c>
       <c r="J313" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
       <c r="K313" t="s">
         <v>24</v>
       </c>
       <c r="L313"/>
       <c r="M313" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N313" t="s">
         <v>354</v>
       </c>
       <c r="O313" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="P313" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="B314" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="C314" t="s">
         <v>18</v>
       </c>
       <c r="D314" t="s">
         <v>341</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>407</v>
       </c>
       <c r="G314" t="s">
         <v>22</v>
       </c>
       <c r="H314">
         <v>2020</v>
       </c>
       <c r="I314"/>
       <c r="J314" t="s">
         <v>23</v>
       </c>
       <c r="K314" t="s">
         <v>24</v>
       </c>
       <c r="L314" t="s">
         <v>127</v>
       </c>
       <c r="M314" t="s">
         <v>1276</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="P314" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="B315" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="C315" t="s">
         <v>18</v>
       </c>
       <c r="D315" t="s">
         <v>132</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>407</v>
       </c>
       <c r="G315" t="s">
         <v>22</v>
       </c>
       <c r="H315">
         <v>2021</v>
       </c>
       <c r="I315"/>
       <c r="J315" t="s">
         <v>23</v>
       </c>
       <c r="K315" t="s">
         <v>24</v>
       </c>
       <c r="L315" t="s">
         <v>127</v>
       </c>
       <c r="M315" t="s">
         <v>1276</v>
       </c>
       <c r="N315" t="s">
         <v>34</v>
       </c>
       <c r="O315" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="P315" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="B316" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="C316" t="s">
         <v>18</v>
       </c>
       <c r="D316" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>407</v>
       </c>
       <c r="G316" t="s">
         <v>22</v>
       </c>
       <c r="H316">
         <v>2021</v>
       </c>
       <c r="I316"/>
       <c r="J316" t="s">
         <v>76</v>
       </c>
       <c r="K316" t="s">
         <v>24</v>
       </c>
       <c r="L316" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="M316" t="s">
         <v>1171</v>
       </c>
       <c r="N316" t="s">
         <v>34</v>
       </c>
       <c r="O316" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="P316" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="B317" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C317" t="s">
+        <v>18</v>
+      </c>
+      <c r="D317" t="s">
         <v>1616</v>
-      </c>
-[...4 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>407</v>
       </c>
       <c r="G317" t="s">
-        <v>22</v>
+        <v>1186</v>
       </c>
       <c r="H317">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I317"/>
       <c r="J317" t="s">
-        <v>76</v>
+        <v>1187</v>
       </c>
       <c r="K317" t="s">
         <v>24</v>
       </c>
       <c r="L317" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="M317" t="s">
         <v>1171</v>
       </c>
       <c r="N317" t="s">
         <v>34</v>
       </c>
       <c r="O317" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="P317" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="B318" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="C318" t="s">
-        <v>1290</v>
+        <v>18</v>
       </c>
       <c r="D318" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="E318" t="s">
         <v>513</v>
       </c>
       <c r="F318" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="G318" t="s">
-        <v>1250</v>
+        <v>8</v>
       </c>
       <c r="H318">
+        <v>2008</v>
+      </c>
+      <c r="I318">
         <v>2024</v>
       </c>
-      <c r="I318"/>
       <c r="J318" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="K318" t="s">
         <v>24</v>
       </c>
       <c r="L318"/>
       <c r="M318" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="N318" t="s">
         <v>354</v>
       </c>
       <c r="O318" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="P318" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="B319" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="C319" t="s">
         <v>18</v>
       </c>
       <c r="D319" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="E319" t="s">
         <v>513</v>
       </c>
       <c r="F319" t="s">
         <v>514</v>
       </c>
       <c r="G319" t="s">
         <v>22</v>
       </c>
       <c r="H319">
         <v>2018</v>
       </c>
       <c r="I319"/>
       <c r="J319" t="s">
         <v>76</v>
       </c>
       <c r="K319" t="s">
         <v>236</v>
       </c>
       <c r="L319" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="M319" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="N319" t="s">
         <v>34</v>
       </c>
       <c r="O319" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="P319" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="B320" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="C320" t="s">
         <v>18</v>
       </c>
       <c r="D320" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
       <c r="E320" t="s">
         <v>513</v>
       </c>
       <c r="F320" t="s">
         <v>514</v>
       </c>
       <c r="G320" t="s">
         <v>22</v>
       </c>
       <c r="H320">
         <v>2021</v>
       </c>
       <c r="I320"/>
       <c r="J320" t="s">
         <v>76</v>
       </c>
       <c r="K320" t="s">
         <v>24</v>
       </c>
       <c r="L320" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="M320" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="N320" t="s">
         <v>34</v>
       </c>
       <c r="O320" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="P320" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="B321" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="C321" t="s">
-        <v>1290</v>
+        <v>18</v>
       </c>
       <c r="D321" t="s">
         <v>195</v>
       </c>
       <c r="E321" t="s">
         <v>513</v>
       </c>
       <c r="F321" t="s">
         <v>407</v>
       </c>
       <c r="G321" t="s">
         <v>1250</v>
       </c>
       <c r="H321">
         <v>2025</v>
       </c>
       <c r="I321"/>
       <c r="J321" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="K321" t="s">
         <v>24</v>
       </c>
       <c r="L321" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="M321" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="N321" t="s">
         <v>34</v>
       </c>
       <c r="O321" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="P321" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="B322" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="C322" t="s">
         <v>18</v>
       </c>
       <c r="D322" t="s">
         <v>797</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
         <v>407</v>
       </c>
       <c r="G322" t="s">
         <v>75</v>
       </c>
       <c r="H322">
         <v>2003</v>
       </c>
       <c r="I322">
         <v>2013</v>
       </c>
       <c r="J322" t="s">
         <v>51</v>
       </c>
       <c r="K322" t="s">
         <v>24</v>
       </c>
       <c r="L322" t="s">
         <v>897</v>
       </c>
       <c r="M322" t="s">
         <v>26</v>
       </c>
       <c r="N322" t="s">
         <v>34</v>
       </c>
       <c r="O322" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="P322" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="B323" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="C323" t="s">
         <v>18</v>
       </c>
       <c r="D323" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>407</v>
       </c>
       <c r="G323" t="s">
         <v>8</v>
       </c>
       <c r="H323">
         <v>2014</v>
       </c>
       <c r="I323">
         <v>2025</v>
       </c>
       <c r="J323" t="s">
-        <v>1208</v>
+        <v>1187</v>
       </c>
       <c r="K323" t="s">
         <v>24</v>
       </c>
       <c r="L323"/>
       <c r="M323" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N323" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="O323" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="P323" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="B324" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="C324" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="D324" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G324" t="s">
         <v>75</v>
       </c>
       <c r="H324">
         <v>2013</v>
       </c>
-      <c r="I324">
-[...1 lines deleted...]
-      </c>
+      <c r="I324"/>
       <c r="J324" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="K324" t="s">
         <v>24</v>
       </c>
       <c r="L324" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="M324" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N324" t="s">
         <v>34</v>
       </c>
       <c r="O324" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="P324" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="B325" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="C325" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="D325" t="s">
-        <v>189</v>
+        <v>1192</v>
       </c>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G325" t="s">
         <v>75</v>
       </c>
       <c r="H325">
         <v>2013</v>
       </c>
       <c r="I325">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J325" t="s">
-        <v>1660</v>
+        <v>1645</v>
       </c>
       <c r="K325" t="s">
         <v>24</v>
       </c>
       <c r="L325" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="M325" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N325" t="s">
         <v>34</v>
       </c>
       <c r="O325" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="P325" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="B326" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C326" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
       <c r="D326" t="s">
         <v>288</v>
       </c>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G326" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H326">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I326"/>
       <c r="J326" t="s">
-        <v>1660</v>
+        <v>1645</v>
       </c>
       <c r="K326" t="s">
         <v>24</v>
       </c>
-      <c r="L326" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L326"/>
       <c r="M326" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N326" t="s">
         <v>34</v>
       </c>
       <c r="O326" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="P326" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="B327" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="C327" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D327" t="s">
         <v>288</v>
       </c>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G327" t="s">
         <v>75</v>
       </c>
       <c r="H327">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I327"/>
+        <v>2013</v>
+      </c>
+      <c r="I327">
+        <v>2024</v>
+      </c>
       <c r="J327" t="s">
-        <v>1641</v>
+        <v>1664</v>
       </c>
       <c r="K327" t="s">
         <v>24</v>
       </c>
-      <c r="L327"/>
+      <c r="L327" t="s">
+        <v>1679</v>
+      </c>
       <c r="M327" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N327" t="s">
         <v>34</v>
       </c>
       <c r="O327" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="P327" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="B328" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="C328" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D328" t="s">
-        <v>1190</v>
+        <v>1684</v>
       </c>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G328" t="s">
         <v>75</v>
       </c>
       <c r="H328">
         <v>2013</v>
       </c>
       <c r="I328">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J328" t="s">
-        <v>1641</v>
+        <v>1664</v>
       </c>
       <c r="K328" t="s">
         <v>24</v>
       </c>
       <c r="L328" t="s">
+        <v>1685</v>
+      </c>
+      <c r="M328" t="s">
+        <v>1666</v>
+      </c>
+      <c r="N328" t="s">
+        <v>34</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1686</v>
+      </c>
+      <c r="P328" t="s">
         <v>1681</v>
-      </c>
-[...10 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="B329" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="C329" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="D329" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G329" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H329">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I329"/>
       <c r="J329" t="s">
-        <v>1660</v>
+        <v>1645</v>
       </c>
       <c r="K329" t="s">
         <v>24</v>
       </c>
       <c r="L329" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="M329" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N329" t="s">
         <v>34</v>
       </c>
       <c r="O329" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="P329" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="B330" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="C330" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D330" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="E330" t="s">
         <v>20</v>
       </c>
       <c r="F330" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G330" t="s">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="H330">
+        <v>2015</v>
+      </c>
+      <c r="I330">
         <v>2025</v>
       </c>
-      <c r="I330"/>
       <c r="J330" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="K330" t="s">
         <v>24</v>
       </c>
       <c r="L330" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
       <c r="M330" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N330" t="s">
         <v>34</v>
       </c>
       <c r="O330" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="P330" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="B331" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="C331" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="D331" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="E331" t="s">
         <v>20</v>
       </c>
       <c r="F331" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G331" t="s">
         <v>75</v>
       </c>
       <c r="H331">
         <v>2013</v>
       </c>
       <c r="I331">
         <v>2024</v>
       </c>
       <c r="J331" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="K331" t="s">
         <v>24</v>
       </c>
       <c r="L331" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="M331" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N331" t="s">
         <v>34</v>
       </c>
       <c r="O331" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="P331" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="B332" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="C332" t="s">
-        <v>1676</v>
+        <v>1661</v>
       </c>
       <c r="D332" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G332" t="s">
         <v>75</v>
       </c>
       <c r="H332">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I332">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J332" t="s">
-        <v>1641</v>
+        <v>1664</v>
       </c>
       <c r="K332" t="s">
         <v>24</v>
       </c>
       <c r="L332" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="M332" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N332" t="s">
         <v>34</v>
       </c>
       <c r="O332" t="s">
+        <v>1705</v>
+      </c>
+      <c r="P332" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="B333" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="C333" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="D333" t="s">
-        <v>1703</v>
+        <v>202</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G333" t="s">
         <v>75</v>
       </c>
       <c r="H333">
         <v>2013</v>
       </c>
       <c r="I333">
         <v>2024</v>
       </c>
       <c r="J333" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="K333" t="s">
         <v>24</v>
       </c>
       <c r="L333" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="M333" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N333" t="s">
         <v>34</v>
       </c>
       <c r="O333" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="P333" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="B334" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="C334" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="D334" t="s">
-        <v>202</v>
+        <v>83</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G334" t="s">
         <v>75</v>
       </c>
       <c r="H334">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I334">
         <v>2024</v>
       </c>
       <c r="J334" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="K334" t="s">
         <v>24</v>
       </c>
       <c r="L334" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="M334" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N334" t="s">
         <v>34</v>
       </c>
       <c r="O334" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="P334" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="B335" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="C335" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="D335" t="s">
-        <v>83</v>
+        <v>253</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G335" t="s">
         <v>75</v>
       </c>
       <c r="H335">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I335">
         <v>2024</v>
       </c>
       <c r="J335" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="K335" t="s">
         <v>24</v>
       </c>
       <c r="L335" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="M335" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N335" t="s">
         <v>34</v>
       </c>
       <c r="O335" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="P335" t="s">
-        <v>1669</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="B336" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="C336" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="D336" t="s">
         <v>253</v>
       </c>
       <c r="E336" t="s">
         <v>20</v>
       </c>
       <c r="F336" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G336" t="s">
-        <v>75</v>
+        <v>1720</v>
       </c>
       <c r="H336">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I336"/>
       <c r="J336" t="s">
-        <v>1660</v>
+        <v>1721</v>
       </c>
       <c r="K336" t="s">
         <v>24</v>
       </c>
       <c r="L336" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="M336" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N336" t="s">
         <v>34</v>
       </c>
       <c r="O336" t="s">
-        <v>1717</v>
+        <v>1723</v>
       </c>
       <c r="P336" t="s">
-        <v>1669</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="B337" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="C337" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D337" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G337" t="s">
-        <v>22</v>
+        <v>1727</v>
       </c>
       <c r="H337">
+        <v>2015</v>
+      </c>
+      <c r="I337">
         <v>2018</v>
       </c>
-      <c r="I337"/>
       <c r="J337" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K337" t="s">
         <v>24</v>
       </c>
       <c r="L337" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="M337" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N337" t="s">
         <v>34</v>
       </c>
       <c r="O337" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="P337" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="B338" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
       <c r="C338" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D338" t="s">
-        <v>220</v>
+        <v>1192</v>
       </c>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G338" t="s">
-        <v>75</v>
+        <v>1720</v>
       </c>
       <c r="H338">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I338"/>
       <c r="J338" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K338" t="s">
         <v>24</v>
       </c>
       <c r="L338" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="M338" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N338" t="s">
         <v>34</v>
       </c>
       <c r="O338" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="P338" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="B339" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="C339" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D339" t="s">
-        <v>1190</v>
+        <v>230</v>
       </c>
       <c r="E339" t="s">
         <v>20</v>
       </c>
       <c r="F339" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G339" t="s">
-        <v>22</v>
+        <v>1720</v>
       </c>
       <c r="H339">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K339" t="s">
         <v>24</v>
       </c>
       <c r="L339" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="M339" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N339" t="s">
         <v>34</v>
       </c>
       <c r="O339" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="P339" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="B340" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
       <c r="C340" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D340" t="s">
-        <v>230</v>
+        <v>202</v>
       </c>
       <c r="E340" t="s">
         <v>20</v>
       </c>
       <c r="F340" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G340" t="s">
-        <v>22</v>
+        <v>1727</v>
       </c>
       <c r="H340">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I340"/>
+        <v>2015</v>
+      </c>
+      <c r="I340">
+        <v>2018</v>
+      </c>
       <c r="J340" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K340" t="s">
         <v>24</v>
       </c>
       <c r="L340" t="s">
-        <v>1736</v>
+        <v>1743</v>
       </c>
       <c r="M340" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N340" t="s">
         <v>34</v>
       </c>
       <c r="O340" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
       <c r="P340" t="s">
-        <v>1738</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1739</v>
+        <v>1746</v>
       </c>
       <c r="B341" t="s">
-        <v>1740</v>
+        <v>1747</v>
       </c>
       <c r="C341" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D341" t="s">
-        <v>202</v>
+        <v>143</v>
       </c>
       <c r="E341" t="s">
         <v>20</v>
       </c>
       <c r="F341" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G341" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H341">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I341"/>
       <c r="J341" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K341" t="s">
         <v>24</v>
       </c>
       <c r="L341" t="s">
-        <v>1741</v>
+        <v>1748</v>
       </c>
       <c r="M341" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N341" t="s">
         <v>34</v>
       </c>
       <c r="O341" t="s">
-        <v>1742</v>
+        <v>1749</v>
       </c>
       <c r="P341" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
       <c r="B342" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="C342" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D342" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="G342" t="s">
-        <v>22</v>
+        <v>1753</v>
       </c>
       <c r="H342">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I342"/>
+        <v>2015</v>
+      </c>
+      <c r="I342">
+        <v>2019</v>
+      </c>
       <c r="J342" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K342" t="s">
         <v>24</v>
       </c>
       <c r="L342" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
       <c r="M342" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N342" t="s">
         <v>34</v>
       </c>
       <c r="O342" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="P342" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="B343" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="C343" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="D343" t="s">
-        <v>83</v>
+        <v>1759</v>
       </c>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
-        <v>1659</v>
+        <v>407</v>
       </c>
       <c r="G343" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="H343">
         <v>2015</v>
       </c>
-      <c r="I343">
-[...1 lines deleted...]
-      </c>
+      <c r="I343"/>
       <c r="J343" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="K343" t="s">
         <v>24</v>
       </c>
       <c r="L343" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="M343" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="N343" t="s">
         <v>34</v>
       </c>
       <c r="O343" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="P343" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="B344" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="C344" t="s">
-        <v>1676</v>
+        <v>18</v>
       </c>
       <c r="D344" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="E344" t="s">
-        <v>20</v>
+        <v>513</v>
       </c>
       <c r="F344" t="s">
-        <v>407</v>
+        <v>1625</v>
       </c>
       <c r="G344" t="s">
         <v>22</v>
       </c>
       <c r="H344">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1720</v>
+        <v>1766</v>
       </c>
       <c r="K344" t="s">
-        <v>24</v>
+        <v>236</v>
       </c>
       <c r="L344" t="s">
-        <v>1757</v>
+        <v>1767</v>
       </c>
       <c r="M344" t="s">
-        <v>1662</v>
+        <v>1768</v>
       </c>
       <c r="N344" t="s">
-        <v>34</v>
+        <v>1769</v>
       </c>
       <c r="O344" t="s">
-        <v>1758</v>
+        <v>1770</v>
       </c>
       <c r="P344" t="s">
-        <v>1759</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="B345" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
       <c r="C345" t="s">
-        <v>18</v>
+        <v>329</v>
       </c>
       <c r="D345" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="E345" t="s">
-        <v>513</v>
+        <v>20</v>
       </c>
       <c r="F345" t="s">
-        <v>1621</v>
+        <v>21</v>
       </c>
       <c r="G345" t="s">
         <v>22</v>
       </c>
       <c r="H345">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>1763</v>
+        <v>330</v>
       </c>
       <c r="K345" t="s">
-        <v>236</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L345"/>
+      <c r="M345"/>
       <c r="N345" t="s">
-        <v>1766</v>
+        <v>34</v>
       </c>
       <c r="O345" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="P345" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="B346" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="C346" t="s">
         <v>329</v>
       </c>
       <c r="D346" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
-        <v>21</v>
+        <v>407</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
         <v>2021</v>
       </c>
       <c r="I346"/>
       <c r="J346" t="s">
         <v>330</v>
       </c>
       <c r="K346" t="s">
         <v>24</v>
       </c>
       <c r="L346"/>
       <c r="M346"/>
       <c r="N346" t="s">
         <v>34</v>
       </c>
       <c r="O346" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="P346" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1769</v>
+        <v>1780</v>
       </c>
       <c r="B347" t="s">
-        <v>1774</v>
+        <v>1781</v>
       </c>
       <c r="C347" t="s">
         <v>329</v>
       </c>
       <c r="D347" t="s">
-        <v>1771</v>
+        <v>1782</v>
       </c>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
         <v>407</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
         <v>2021</v>
       </c>
       <c r="I347"/>
       <c r="J347" t="s">
         <v>330</v>
       </c>
       <c r="K347" t="s">
         <v>24</v>
       </c>
       <c r="L347"/>
       <c r="M347"/>
       <c r="N347" t="s">
         <v>34</v>
       </c>
       <c r="O347" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="P347" t="s">
-        <v>1776</v>
+        <v>372</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1777</v>
+        <v>1784</v>
       </c>
       <c r="B348" t="s">
-        <v>1778</v>
+        <v>1785</v>
       </c>
       <c r="C348" t="s">
         <v>329</v>
       </c>
       <c r="D348" t="s">
-        <v>1779</v>
+        <v>63</v>
       </c>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
         <v>407</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
         <v>2021</v>
       </c>
       <c r="I348"/>
       <c r="J348" t="s">
         <v>330</v>
       </c>
       <c r="K348" t="s">
         <v>24</v>
       </c>
       <c r="L348"/>
       <c r="M348"/>
       <c r="N348" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O348" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="P348" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="B349" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="C349" t="s">
         <v>329</v>
       </c>
       <c r="D349" t="s">
-        <v>63</v>
+        <v>365</v>
       </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
         <v>407</v>
       </c>
       <c r="G349" t="s">
         <v>22</v>
       </c>
       <c r="H349">
         <v>2021</v>
       </c>
       <c r="I349"/>
       <c r="J349" t="s">
         <v>330</v>
       </c>
       <c r="K349" t="s">
         <v>24</v>
       </c>
       <c r="L349"/>
       <c r="M349"/>
       <c r="N349" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O349" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="P349" t="s">
-        <v>372</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1784</v>
+        <v>1791</v>
       </c>
       <c r="B350" t="s">
-        <v>1785</v>
+        <v>1792</v>
       </c>
       <c r="C350" t="s">
         <v>329</v>
       </c>
       <c r="D350" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
         <v>407</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
         <v>2021</v>
       </c>
       <c r="I350"/>
       <c r="J350" t="s">
         <v>330</v>
       </c>
       <c r="K350" t="s">
         <v>24</v>
       </c>
       <c r="L350"/>
       <c r="M350"/>
       <c r="N350" t="s">
         <v>34</v>
       </c>
       <c r="O350" t="s">
-        <v>1786</v>
+        <v>1793</v>
       </c>
       <c r="P350" t="s">
-        <v>1787</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1788</v>
+        <v>1795</v>
       </c>
       <c r="B351" t="s">
-        <v>1789</v>
+        <v>1796</v>
       </c>
       <c r="C351" t="s">
         <v>329</v>
       </c>
       <c r="D351" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
         <v>407</v>
       </c>
       <c r="G351" t="s">
         <v>22</v>
       </c>
       <c r="H351">
         <v>2021</v>
       </c>
       <c r="I351"/>
       <c r="J351" t="s">
         <v>330</v>
       </c>
       <c r="K351" t="s">
         <v>24</v>
       </c>
       <c r="L351"/>
       <c r="M351"/>
       <c r="N351" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>1790</v>
+        <v>1797</v>
       </c>
       <c r="P351" t="s">
-        <v>1791</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1792</v>
+        <v>1799</v>
       </c>
       <c r="B352" t="s">
-        <v>1793</v>
+        <v>1800</v>
       </c>
       <c r="C352" t="s">
         <v>329</v>
       </c>
       <c r="D352" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
         <v>407</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
         <v>2021</v>
       </c>
       <c r="I352"/>
       <c r="J352" t="s">
         <v>330</v>
       </c>
       <c r="K352" t="s">
         <v>24</v>
       </c>
       <c r="L352"/>
       <c r="M352"/>
       <c r="N352" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O352" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="P352" t="s">
-        <v>1795</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
       <c r="B353" t="s">
-        <v>1797</v>
+        <v>1804</v>
       </c>
       <c r="C353" t="s">
         <v>329</v>
       </c>
       <c r="D353" t="s">
-        <v>352</v>
+        <v>515</v>
       </c>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
         <v>407</v>
       </c>
       <c r="G353" t="s">
         <v>22</v>
       </c>
       <c r="H353">
         <v>2021</v>
       </c>
       <c r="I353"/>
       <c r="J353" t="s">
         <v>330</v>
       </c>
       <c r="K353" t="s">
-        <v>24</v>
+        <v>381</v>
       </c>
       <c r="L353"/>
       <c r="M353"/>
       <c r="N353" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>1798</v>
+        <v>1805</v>
       </c>
       <c r="P353" t="s">
-        <v>1799</v>
+        <v>372</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="B354" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="C354" t="s">
-        <v>329</v>
+        <v>18</v>
       </c>
       <c r="D354" t="s">
-        <v>515</v>
+        <v>1808</v>
       </c>
       <c r="E354" t="s">
-        <v>20</v>
+        <v>513</v>
       </c>
       <c r="F354" t="s">
-        <v>407</v>
+        <v>514</v>
       </c>
       <c r="G354" t="s">
         <v>22</v>
       </c>
       <c r="H354">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I354"/>
       <c r="J354" t="s">
-        <v>330</v>
+        <v>311</v>
       </c>
       <c r="K354" t="s">
-        <v>381</v>
+        <v>312</v>
       </c>
       <c r="L354"/>
-      <c r="M354"/>
+      <c r="M354" t="s">
+        <v>517</v>
+      </c>
       <c r="N354" t="s">
-        <v>27</v>
+        <v>314</v>
       </c>
       <c r="O354" t="s">
-        <v>1802</v>
+        <v>1809</v>
       </c>
       <c r="P354" t="s">
-        <v>372</v>
-[...45 lines deleted...]
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">