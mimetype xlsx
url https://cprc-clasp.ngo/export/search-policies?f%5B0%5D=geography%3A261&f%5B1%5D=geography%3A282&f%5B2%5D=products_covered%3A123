--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -110,75 +110,75 @@
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2008, GB 13380</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...22 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
@@ -688,60 +688,60 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>1989</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>25</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">