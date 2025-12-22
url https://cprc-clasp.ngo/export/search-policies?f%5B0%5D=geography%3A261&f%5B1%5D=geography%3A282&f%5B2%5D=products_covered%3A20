--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="375">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="376">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -888,63 +888,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>Heating controls products</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
@@ -3907,910 +3910,910 @@
       </c>
       <c r="P49" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>286</v>
       </c>
       <c r="B50" t="s">
         <v>287</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
         <v>288</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>132</v>
       </c>
       <c r="G50" t="s">
-        <v>45</v>
+        <v>289</v>
       </c>
       <c r="H50">
         <v>1989</v>
       </c>
       <c r="I50">
         <v>2009</v>
       </c>
       <c r="J50" t="s">
-        <v>32</v>
+        <v>290</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
         <v>78</v>
       </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P50" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B51" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>288</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>132</v>
       </c>
       <c r="G51" t="s">
         <v>45</v>
       </c>
       <c r="H51">
         <v>1989</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
         <v>90</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>132</v>
       </c>
       <c r="G52" t="s">
         <v>45</v>
       </c>
       <c r="H52">
         <v>1989</v>
       </c>
       <c r="I52">
         <v>2018</v>
       </c>
       <c r="J52" t="s">
         <v>32</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>66</v>
       </c>
       <c r="M52" t="s">
         <v>26</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P52" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B53" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>38</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>132</v>
       </c>
       <c r="G53" t="s">
         <v>45</v>
       </c>
       <c r="H53">
         <v>2004</v>
       </c>
       <c r="I53">
         <v>2017</v>
       </c>
       <c r="J53" t="s">
         <v>32</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P53" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B54" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>132</v>
       </c>
       <c r="G54" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H54">
         <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M54" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P54" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B55" t="s">
         <v>230</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>83</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>132</v>
       </c>
       <c r="G55" t="s">
         <v>45</v>
       </c>
       <c r="H55">
         <v>2010</v>
       </c>
       <c r="I55">
         <v>2021</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M55" t="s">
         <v>26</v>
       </c>
       <c r="N55" t="s">
         <v>85</v>
       </c>
       <c r="O55" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B56" t="s">
         <v>211</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>132</v>
       </c>
       <c r="G56" t="s">
         <v>45</v>
       </c>
       <c r="H56">
         <v>2008</v>
       </c>
       <c r="I56">
         <v>2008</v>
       </c>
       <c r="J56" t="s">
         <v>32</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>72</v>
       </c>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P56" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B57" t="s">
         <v>183</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
         <v>90</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>132</v>
       </c>
       <c r="G57" t="s">
         <v>45</v>
       </c>
       <c r="H57">
         <v>1989</v>
       </c>
       <c r="I57">
         <v>2020</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M57" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P57" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B58" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>110</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>132</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
       <c r="I58">
         <v>2021</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>266</v>
       </c>
       <c r="L58" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="M58" t="s">
         <v>26</v>
       </c>
       <c r="N58" t="s">
         <v>85</v>
       </c>
       <c r="O58" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P58" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B59" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
         <v>110</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>132</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>32</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M59" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N59" t="s">
         <v>85</v>
       </c>
       <c r="O59" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P59" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B60" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>83</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>132</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M60" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N60" t="s">
         <v>85</v>
       </c>
       <c r="O60" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P60" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B61" t="s">
         <v>31</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>38</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>132</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
         <v>33</v>
       </c>
       <c r="M61" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P61" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B62" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
         <v>59</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>132</v>
       </c>
       <c r="G62" t="s">
         <v>45</v>
       </c>
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62">
         <v>2015</v>
       </c>
       <c r="J62" t="s">
         <v>32</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="M62" t="s">
         <v>26</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P62" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
         <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>132</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2016</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>32</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M63" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P63" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B64" t="s">
         <v>17</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>132</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2020</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>25</v>
       </c>
       <c r="M64" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P64" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B65" t="s">
         <v>58</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>59</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>132</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2020</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>60</v>
       </c>
       <c r="M65" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P65" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B66" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
         <v>110</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>132</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2020</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M66" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N66" t="s">
         <v>85</v>
       </c>
       <c r="O66" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P66" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B67" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E67" t="s">
         <v>175</v>
       </c>
       <c r="F67" t="s">
         <v>176</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>46</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M67" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P67" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">