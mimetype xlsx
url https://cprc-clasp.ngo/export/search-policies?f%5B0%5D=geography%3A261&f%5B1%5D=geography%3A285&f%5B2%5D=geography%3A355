--- v0 (2025-11-28)
+++ v1 (2026-01-27)
@@ -4406,51 +4406,51 @@
       </c>
       <c r="P52" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>284</v>
       </c>
       <c r="B53" t="s">
         <v>285</v>
       </c>
       <c r="C53" t="s">
         <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>286</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>287</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53">
         <v>2024</v>
       </c>
       <c r="J53" t="s">
         <v>288</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
         <v>289</v>
       </c>
       <c r="M53" t="s">
         <v>217</v>
       </c>
       <c r="N53" t="s">
         <v>32</v>
       </c>
       <c r="O53" t="s">
         <v>290</v>
       </c>