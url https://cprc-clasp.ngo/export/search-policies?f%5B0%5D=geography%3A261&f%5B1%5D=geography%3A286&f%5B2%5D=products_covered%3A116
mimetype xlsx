--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -152,78 +152,78 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -550,51 +550,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">