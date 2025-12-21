--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -193,51 +193,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>