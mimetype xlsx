--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,182 +12,218 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
@@ -613,134 +649,122 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
-    <t>July 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
     <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
     <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
     <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
@@ -844,310 +868,288 @@
   <si>
     <t>Storoge water heater</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
     <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
 (a) single-phase;
 (b) non-ducted;
 (c) single-split wall mounted;
 (d) vapor compression air conditioners; and
 (e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
-[...33 lines deleted...]
-  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -1190,68 +1192,74 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
@@ -1289,123 +1297,105 @@
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
-[...23 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
@@ -1937,65 +1927,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P95"/>
+  <dimension ref="A1:P94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2036,4391 +2026,4335 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
-      <c r="M2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>35</v>
-      </c>
-[...16 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
         <v>43</v>
       </c>
-      <c r="H5">
-[...13 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
       <c r="M6"/>
       <c r="N6" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2019</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="L7"/>
       <c r="M7"/>
       <c r="N7" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="I8">
         <v>2019</v>
       </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I9"/>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H10">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M11"/>
       <c r="N11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>1995</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="L12"/>
+        <v>89</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
       <c r="M12"/>
       <c r="N12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="P12"/>
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C14" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
+        <v>1979</v>
+      </c>
+      <c r="I15">
         <v>2013</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K15" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="P15" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P16" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G17" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="H17">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G18" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K18" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="P18" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K19" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B20" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K20" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="P20" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H21">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="P21" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B22" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G22" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H22">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O22" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G23" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="P23" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B24" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G24" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="O24" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="P24" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>152</v>
+      </c>
       <c r="M25"/>
       <c r="N25" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O25" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="P25" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G26" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H26">
         <v>2014</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="P26" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B27" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
       <c r="J27" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="P27" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B28" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>165</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H28">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="P28" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H29">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>83</v>
+      </c>
       <c r="M29"/>
       <c r="N29" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="P29" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B30" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="P30" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O31" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="P31" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K32" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="P32" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="P33" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>194</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K34" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="P34" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
         <v>95</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H35">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K35" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="L35"/>
+        <v>96</v>
+      </c>
+      <c r="L35" t="s">
+        <v>199</v>
+      </c>
       <c r="M35"/>
       <c r="N35" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="P35" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B36" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="C36" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G36" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H36">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>198</v>
+        <v>36</v>
       </c>
       <c r="K36" t="s">
-        <v>199</v>
+        <v>89</v>
       </c>
       <c r="L36"/>
-      <c r="M36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M36"/>
       <c r="N36" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="P36" t="s">
-        <v>122</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B37" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="D37" t="s">
-        <v>204</v>
+        <v>111</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>1992</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="L37"/>
-      <c r="M37"/>
+      <c r="M37" t="s">
+        <v>209</v>
+      </c>
       <c r="N37" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="P37" t="s">
-        <v>206</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B38" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H38">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="P38" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B39" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C39" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E39" t="s">
-        <v>216</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G39" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="H39"/>
+        <v>35</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>218</v>
+        <v>36</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
-      <c r="M39" t="s">
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>37</v>
+      </c>
+      <c r="O39" t="s">
         <v>219</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>220</v>
       </c>
-      <c r="P39"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>221</v>
       </c>
       <c r="B40" t="s">
         <v>222</v>
       </c>
       <c r="C40" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>223</v>
       </c>
       <c r="E40" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F40" t="s">
-        <v>224</v>
+        <v>117</v>
       </c>
       <c r="G40" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N40" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C41" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>231</v>
       </c>
       <c r="E41" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F41" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="P41"/>
+        <v>232</v>
+      </c>
+      <c r="P41" t="s">
+        <v>233</v>
+      </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B42" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C42" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>233</v>
+        <v>33</v>
       </c>
       <c r="E42" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F42" t="s">
-        <v>224</v>
+        <v>117</v>
       </c>
       <c r="G42" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N42" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>236</v>
+      </c>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C43" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E43" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F43" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M43" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P43" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B44" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C44" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>174</v>
+        <v>244</v>
       </c>
       <c r="E44" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F44" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>245</v>
+      </c>
       <c r="M44" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="P44" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B45" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>246</v>
+        <v>184</v>
       </c>
       <c r="E45" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="F45" t="s">
-        <v>248</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
+        <v>226</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
         <v>249</v>
       </c>
-      <c r="K45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P45" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B46" t="s">
+        <v>251</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>252</v>
+      </c>
+      <c r="E46" t="s">
+        <v>253</v>
+      </c>
+      <c r="F46" t="s">
         <v>254</v>
       </c>
-      <c r="C46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K46" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="L46" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="M46" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="N46" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P46" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B47" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>37</v>
+        <v>260</v>
       </c>
       <c r="E47" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F47" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K47" t="s">
+        <v>256</v>
+      </c>
+      <c r="L47" t="s">
+        <v>199</v>
+      </c>
+      <c r="M47" t="s">
         <v>257</v>
       </c>
-      <c r="L47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N47" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="P47" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B48" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>260</v>
+        <v>48</v>
       </c>
       <c r="E48" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F48" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K48" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L48"/>
+        <v>263</v>
+      </c>
+      <c r="L48" t="s">
+        <v>199</v>
+      </c>
       <c r="M48" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="N48" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="P48" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B49" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C49" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>238</v>
+        <v>266</v>
       </c>
       <c r="E49" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F49" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G49" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
-      <c r="I49">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="N49" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="P49" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>250</v>
+      </c>
+      <c r="B50" t="s">
+        <v>268</v>
+      </c>
+      <c r="C50" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" t="s">
         <v>244</v>
       </c>
-      <c r="B50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F50" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G50" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50">
         <v>2015</v>
       </c>
       <c r="J50" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="M50" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="N50" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="P50" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B51" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C51" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E51" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="F51" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="G51" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51">
         <v>2015</v>
       </c>
       <c r="J51" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="M51" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="N51" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="P51" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="B52" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C52" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="D52" t="s">
-        <v>19</v>
+        <v>274</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>253</v>
       </c>
       <c r="F52" t="s">
-        <v>224</v>
+        <v>254</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I52"/>
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
       <c r="J52" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>199</v>
+      </c>
       <c r="M52" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="N52" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P52" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B53" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C53" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>277</v>
+        <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H53">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I53">
         <v>2023</v>
       </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>278</v>
+        <v>26</v>
       </c>
       <c r="N53" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>279</v>
       </c>
       <c r="P53" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>281</v>
       </c>
       <c r="B54" t="s">
         <v>282</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>233</v>
+        <v>283</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
         <v>2023</v>
       </c>
-      <c r="I54"/>
       <c r="J54" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="N54" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="P54" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B55" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C55" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>286</v>
+        <v>239</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H55">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="N55" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P55" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B56" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C56" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H56">
+        <v>2022</v>
+      </c>
+      <c r="I56">
         <v>2024</v>
       </c>
-      <c r="I56">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="N56" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P56" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B57" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C57" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
-      <c r="H57">
-[...2 lines deleted...]
-      <c r="I57"/>
+      <c r="H57"/>
+      <c r="I57">
+        <v>2024</v>
+      </c>
       <c r="J57" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="N57" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="P57" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C58" t="s">
-        <v>298</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H58">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>300</v>
+        <v>278</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
-      <c r="L58" t="s">
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>284</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
         <v>301</v>
       </c>
-      <c r="M58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P58" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>302</v>
+      </c>
+      <c r="B59" t="s">
+        <v>303</v>
+      </c>
+      <c r="C59" t="s">
+        <v>304</v>
+      </c>
+      <c r="D59" t="s">
         <v>305</v>
       </c>
-      <c r="B59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
-      <c r="I59">
-[...1 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
+        <v>307</v>
+      </c>
+      <c r="M59" t="s">
         <v>308</v>
       </c>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N59" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>309</v>
       </c>
       <c r="P59" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>311</v>
       </c>
       <c r="B60" t="s">
         <v>312</v>
       </c>
       <c r="C60" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="D60" t="s">
-        <v>96</v>
+        <v>314</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J60" t="s">
-        <v>300</v>
+        <v>278</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="M60" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N60" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="P60" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B61" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C61" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D61" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H61">
         <v>2025</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N61" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="P61" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B62" t="s">
         <v>321</v>
       </c>
       <c r="C62" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D62" t="s">
-        <v>322</v>
+        <v>106</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J62" t="s">
-        <v>272</v>
+        <v>306</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
+        <v>322</v>
+      </c>
+      <c r="M62" t="s">
+        <v>308</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
         <v>323</v>
       </c>
-      <c r="M62" t="s">
-[...5 lines deleted...]
-      <c r="O62" t="s">
+      <c r="P62" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>325</v>
       </c>
       <c r="B63" t="s">
         <v>326</v>
       </c>
       <c r="C63" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="D63" t="s">
         <v>327</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2013</v>
       </c>
       <c r="I63">
         <v>2024</v>
       </c>
       <c r="J63" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>328</v>
       </c>
       <c r="M63" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N63" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>329</v>
       </c>
       <c r="P63" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>330</v>
       </c>
       <c r="B64" t="s">
         <v>331</v>
       </c>
       <c r="C64" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D64" t="s">
         <v>332</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H64">
         <v>2025</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>328</v>
       </c>
       <c r="M64" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N64" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>333</v>
       </c>
       <c r="P64" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>334</v>
       </c>
       <c r="B65" t="s">
         <v>335</v>
       </c>
       <c r="C65" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="D65" t="s">
         <v>336</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I65">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J65" t="s">
-        <v>300</v>
+        <v>278</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>337</v>
       </c>
       <c r="M65" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N65" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>338</v>
       </c>
       <c r="P65" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>334</v>
       </c>
       <c r="B66" t="s">
         <v>339</v>
       </c>
       <c r="C66" t="s">
-        <v>317</v>
+        <v>304</v>
       </c>
       <c r="D66" t="s">
         <v>340</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I66">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J66" t="s">
-        <v>272</v>
+        <v>306</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>341</v>
       </c>
       <c r="M66" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N66" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>342</v>
       </c>
       <c r="P66" t="s">
-        <v>319</v>
+        <v>343</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B67" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C67" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D67" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2013</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M67" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N67" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P67" t="s">
-        <v>310</v>
+        <v>343</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B68" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C68" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D68" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
       <c r="I68">
         <v>2024</v>
       </c>
       <c r="J68" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M68" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N68" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P68" t="s">
-        <v>310</v>
+        <v>343</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B69" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C69" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D69" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69">
         <v>2024</v>
       </c>
       <c r="J69" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M69" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N69" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P69" t="s">
-        <v>310</v>
+        <v>343</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B70" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C70" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="D70" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2013</v>
       </c>
       <c r="I70">
         <v>2024</v>
       </c>
       <c r="J70" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M70" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N70" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P70" t="s">
-        <v>310</v>
+        <v>343</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B71" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C71" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D71" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>363</v>
       </c>
       <c r="H71">
         <v>2018</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="M71" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N71" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="P71" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C72" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D72" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>43</v>
+        <v>370</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
       <c r="I72">
         <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M72" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N72" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="P72" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B73" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C73" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D73" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>363</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M73" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N73" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="P73" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B74" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C74" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D74" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>363</v>
       </c>
       <c r="H74">
         <v>2020</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="M74" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N74" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="P74" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B75" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C75" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D75" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>43</v>
+        <v>370</v>
       </c>
       <c r="H75">
         <v>2015</v>
       </c>
       <c r="I75">
         <v>2018</v>
       </c>
       <c r="J75" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="M75" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N75" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P75" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D76" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H76">
         <v>2020</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="M76" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N76" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="P76" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B77" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C77" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D77" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>43</v>
+        <v>398</v>
       </c>
       <c r="H77">
         <v>2015</v>
       </c>
       <c r="I77">
         <v>2019</v>
       </c>
       <c r="J77" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="M77" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N77" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="P77" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B78" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C78" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D78" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="M78" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="N78" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="P78" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B79" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C79" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H79">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>198</v>
+        <v>226</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="M79" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="N79" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="P79" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B80" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C80" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>412</v>
+        <v>296</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>416</v>
       </c>
       <c r="H80">
         <v>2021</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="M80" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="N80" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="P80" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B81" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C81" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>290</v>
+        <v>392</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H81">
         <v>2021</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="M81" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="N81" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="P81" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B82" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C82" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>389</v>
+        <v>427</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>370</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="M82" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="N82" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="P82" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="B83" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="C83" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H83">
         <v>2021</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
-      <c r="L83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>219</v>
+        <v>26</v>
       </c>
       <c r="N83" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="P83" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B84" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C84" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>434</v>
+        <v>283</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I84"/>
+        <v>2015</v>
+      </c>
+      <c r="I84">
+        <v>2018</v>
+      </c>
       <c r="J84" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84"/>
+      <c r="L84" t="s">
+        <v>438</v>
+      </c>
       <c r="M84" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="N84" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="P84" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B85" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C85" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>277</v>
+        <v>443</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="G85" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I85">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J85" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="M85" t="s">
-        <v>225</v>
+        <v>26</v>
       </c>
       <c r="N85" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="P85" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B86" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C86" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="D86" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G86" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H86">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>218</v>
+        <v>36</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
-      <c r="L86" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L86"/>
+      <c r="M86"/>
       <c r="N86" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="P86" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B87" t="s">
+        <v>452</v>
+      </c>
+      <c r="C87" t="s">
+        <v>32</v>
+      </c>
+      <c r="D87" t="s">
         <v>449</v>
       </c>
-      <c r="C87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="P87" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B88" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C88" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D88" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="P88" t="s">
-        <v>455</v>
+        <v>79</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B89" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C89" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D89" t="s">
-        <v>458</v>
+        <v>231</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O89" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="P89" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B90" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C90" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D90" t="s">
-        <v>223</v>
+        <v>72</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="P90" t="s">
-        <v>69</v>
+        <v>465</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B91" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C91" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D91" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H91">
         <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="P91" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B92" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C92" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D92" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O92" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="P92" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B93" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C93" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D93" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="P93" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B94" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C94" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D94" t="s">
-        <v>49</v>
+        <v>256</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K94" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="L94"/>
       <c r="M94"/>
       <c r="N94" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="O94" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="P94" t="s">
-        <v>478</v>
-[...31 lines deleted...]
-      <c r="K95" t="s">
         <v>79</v>
-      </c>
-[...9 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">