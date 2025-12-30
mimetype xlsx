--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -12,1063 +12,1069 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>2021 Aspen Energy Code</t>
-[...874 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
+  </si>
+  <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
+    <t>Portable Heaters, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>Washer and Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 61121</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Space Heating</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>insulation</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
+  </si>
+  <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
+  </si>
+  <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1593,51 +1599,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1678,3451 +1684,3447 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
-      <c r="M3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
       <c r="N3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>45</v>
       </c>
-      <c r="B5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="L5"/>
       <c r="M5"/>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
         <v>53</v>
       </c>
-      <c r="H6">
-[...13 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6"/>
       <c r="N6" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I7"/>
       <c r="J7" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
       <c r="M7"/>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2019</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
         <v>2019</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="P11" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H12">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K12" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M12"/>
       <c r="N12" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>1995</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
       <c r="J13" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K13" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>99</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="P13"/>
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>105</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G15" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H15">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
+        <v>1979</v>
+      </c>
+      <c r="I16">
         <v>2013</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>117</v>
+        <v>45</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H17">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G18" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="H18">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B19" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C19" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G19" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K19" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="P19" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B20" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K20" t="s">
-        <v>130</v>
+        <v>53</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C22" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H22">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="P22" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B23" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D23" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G23" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O23" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G24" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="P24" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="B25" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D25" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G25" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="O25" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="P25" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I26">
         <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>162</v>
+      </c>
       <c r="M26"/>
       <c r="N26" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="P26" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D27" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G27" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="P27" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
       <c r="J28" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28"/>
       <c r="N28" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="P28" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C29" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>175</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H29">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="P29" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="C30" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D30" t="s">
-        <v>174</v>
+        <v>92</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>93</v>
+      </c>
       <c r="M30"/>
       <c r="N30" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="P30" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="P31" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="B32" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C32" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D32" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H32">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="O32" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D33" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K33" t="s">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="P33" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C34" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D34" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H34">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="P34" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B35" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C35" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D35" t="s">
-        <v>95</v>
+        <v>204</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K35" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35"/>
       <c r="N35" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="P35" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="B36" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C36" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" t="s">
         <v>105</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H36">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K36" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="L36"/>
+        <v>106</v>
+      </c>
+      <c r="L36" t="s">
+        <v>209</v>
+      </c>
       <c r="M36"/>
       <c r="N36" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="P36" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D37" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G37" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H37">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>208</v>
+        <v>46</v>
       </c>
       <c r="K37" t="s">
-        <v>209</v>
+        <v>99</v>
       </c>
       <c r="L37"/>
-      <c r="M37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M37"/>
       <c r="N37" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="P37" t="s">
-        <v>132</v>
+        <v>215</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B38" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C38" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="D38" t="s">
-        <v>214</v>
+        <v>121</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>1992</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
       <c r="J38" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="L38"/>
-      <c r="M38"/>
+      <c r="M38" t="s">
+        <v>219</v>
+      </c>
       <c r="N38" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>216</v>
+        <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B39" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D39" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H39">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="P39" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B40" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C40" t="s">
-        <v>224</v>
+        <v>43</v>
       </c>
       <c r="D40" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E40" t="s">
-        <v>226</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G40" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="H40"/>
+        <v>35</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>228</v>
+        <v>46</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
-      <c r="M40" t="s">
+      <c r="M40"/>
+      <c r="N40" t="s">
+        <v>47</v>
+      </c>
+      <c r="O40" t="s">
         <v>229</v>
       </c>
-      <c r="N40" t="s">
-[...2 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>230</v>
       </c>
-      <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>231</v>
       </c>
       <c r="B41" t="s">
         <v>232</v>
       </c>
       <c r="C41" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>233</v>
       </c>
       <c r="E41" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F41" t="s">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="G41" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="H41"/>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N41" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="P41"/>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B42" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C42" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>241</v>
       </c>
       <c r="E42" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F42" t="s">
-        <v>117</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>229</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="P42"/>
+        <v>242</v>
+      </c>
+      <c r="P42" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B43" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>243</v>
+        <v>44</v>
       </c>
       <c r="E43" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F43" t="s">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="G43" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="N43" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>245</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="P43"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C44" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E44" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F44" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M44" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P44" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B45" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C45" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>184</v>
+        <v>254</v>
       </c>
       <c r="E45" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="F45" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>255</v>
+      </c>
       <c r="M45" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="P45" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B46" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C46" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>256</v>
+        <v>194</v>
       </c>
       <c r="E46" t="s">
-        <v>257</v>
+        <v>234</v>
       </c>
       <c r="F46" t="s">
-        <v>258</v>
+        <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>235</v>
+      </c>
+      <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
+        <v>236</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
         <v>259</v>
       </c>
-      <c r="K46" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P46" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B47" t="s">
+        <v>261</v>
+      </c>
+      <c r="C47" t="s">
+        <v>43</v>
+      </c>
+      <c r="D47" t="s">
+        <v>262</v>
+      </c>
+      <c r="E47" t="s">
+        <v>263</v>
+      </c>
+      <c r="F47" t="s">
         <v>264</v>
       </c>
-      <c r="C47" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K47" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="L47" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="M47" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N47" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="P47" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B48" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C48" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D48" t="s">
-        <v>47</v>
+        <v>270</v>
       </c>
       <c r="E48" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F48" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K48" t="s">
+        <v>266</v>
+      </c>
+      <c r="L48" t="s">
+        <v>209</v>
+      </c>
+      <c r="M48" t="s">
         <v>267</v>
       </c>
-      <c r="L48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N48" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="P48" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B49" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C49" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D49" t="s">
-        <v>270</v>
+        <v>58</v>
       </c>
       <c r="E49" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F49" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L49"/>
+        <v>273</v>
+      </c>
+      <c r="L49" t="s">
+        <v>209</v>
+      </c>
       <c r="M49" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N49" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="P49" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B50" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C50" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D50" t="s">
-        <v>248</v>
+        <v>276</v>
       </c>
       <c r="E50" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F50" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G50" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
-      <c r="I50">
-[...1 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="L50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N50" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="P50" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>260</v>
+      </c>
+      <c r="B51" t="s">
+        <v>278</v>
+      </c>
+      <c r="C51" t="s">
+        <v>43</v>
+      </c>
+      <c r="D51" t="s">
         <v>254</v>
       </c>
-      <c r="B51" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F51" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G51" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51">
         <v>2015</v>
       </c>
       <c r="J51" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="M51" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N51" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="P51" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B52" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C52" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D52" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E52" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F52" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G52" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52">
         <v>2015</v>
       </c>
       <c r="J52" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="M52" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="N52" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="P52" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="B53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C53" t="s">
-        <v>224</v>
+        <v>43</v>
       </c>
       <c r="D53" t="s">
-        <v>32</v>
+        <v>284</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="F53" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
       <c r="J53" t="s">
-        <v>282</v>
+        <v>265</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
-      <c r="L53"/>
+      <c r="L53" t="s">
+        <v>209</v>
+      </c>
       <c r="M53" t="s">
-        <v>235</v>
+        <v>267</v>
       </c>
       <c r="N53" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="P53" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B54" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C54" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>287</v>
+        <v>44</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H54">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I54">
         <v>2023</v>
       </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>288</v>
+        <v>26</v>
       </c>
       <c r="N54" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>289</v>
       </c>
       <c r="P54" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>291</v>
       </c>
       <c r="B55" t="s">
         <v>292</v>
       </c>
       <c r="C55" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>243</v>
+        <v>293</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55">
         <v>2023</v>
       </c>
-      <c r="I55"/>
       <c r="J55" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="N55" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="P55" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B56" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C56" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>296</v>
+        <v>249</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H56">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="N56" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P56" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C57" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57">
         <v>2024</v>
       </c>
-      <c r="I57">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="N57" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P57" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B58" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C58" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
-      <c r="H58">
-[...2 lines deleted...]
-      <c r="I58"/>
+      <c r="H58"/>
+      <c r="I58">
+        <v>2024</v>
+      </c>
       <c r="J58" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="N58" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P58" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B59" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C59" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="H59">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>208</v>
+        <v>288</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="L59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>235</v>
+        <v>294</v>
       </c>
       <c r="N59" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P59" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>312</v>
       </c>
       <c r="B60" t="s">
         <v>313</v>
       </c>
       <c r="C60" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>314</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>315</v>
       </c>
       <c r="M60" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="N60" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>316</v>
       </c>
       <c r="P60" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>318</v>
       </c>
       <c r="B61" t="s">
         <v>319</v>
       </c>
       <c r="C61" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>320</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M61" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="N61" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P61" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B62" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C62" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="M62" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="N62" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P62" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B63" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C63" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>53</v>
+        <v>333</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="M63" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="N63" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="P63" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B64" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C64" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="N64" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="P64" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B65" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C65" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65">
         <v>2018</v>
       </c>
       <c r="J65" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="M65" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="N65" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="P65" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B66" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C66" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G66" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2013</v>
       </c>
       <c r="I66">
         <v>2016</v>
       </c>
       <c r="J66" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="M66" t="s">
-        <v>235</v>
+        <v>26</v>
       </c>
       <c r="N66" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P66" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B67" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C67" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D67" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G67" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H67">
         <v>1982</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K67" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="N67" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O67" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="P67" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B68" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C68" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D68" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68"/>
       <c r="N68" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="P68" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B69" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C69" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D69" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="P69" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B70" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C70" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D70" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70"/>
       <c r="N70" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="P70" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B71" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C71" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D71" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="O71" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="P71" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B72" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C72" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D72" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="P72" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C73" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D73" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="P73" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B74" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C74" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D74" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H74">
         <v>2021</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="O74" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P74" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B75" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C75" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D75" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="P75" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B76" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C76" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="D76" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H76">
         <v>2021</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="K76" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="O76" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P76" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">