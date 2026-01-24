--- v0 (2025-11-27)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -637,50 +637,53 @@
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
@@ -1184,51 +1187,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2794,563 +2797,563 @@
       </c>
       <c r="P35" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>204</v>
       </c>
       <c r="B36" t="s">
         <v>205</v>
       </c>
       <c r="C36" t="s">
         <v>180</v>
       </c>
       <c r="D36" t="s">
         <v>206</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>181</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>207</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>199</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M36" t="s">
         <v>201</v>
       </c>
       <c r="N36" t="s">
         <v>32</v>
       </c>
       <c r="O36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C37" t="s">
         <v>180</v>
       </c>
       <c r="D37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>181</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>199</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M37" t="s">
         <v>201</v>
       </c>
       <c r="N37" t="s">
         <v>32</v>
       </c>
       <c r="O37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>180</v>
       </c>
       <c r="D38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>181</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>199</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>183</v>
       </c>
       <c r="N38" t="s">
         <v>32</v>
       </c>
       <c r="O38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>32</v>
       </c>
       <c r="O39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B40" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>82</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
         <v>32</v>
       </c>
       <c r="O40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>82</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
         <v>32</v>
       </c>
       <c r="O41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P41" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B42" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>82</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>25</v>
       </c>
       <c r="O42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P42" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>82</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>32</v>
       </c>
       <c r="O43" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P43" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B44" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>49</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>82</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
         <v>32</v>
       </c>
       <c r="O44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B45" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>55</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>82</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>25</v>
       </c>
       <c r="O45" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P45" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46" t="s">
         <v>32</v>
       </c>
       <c r="O46" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B47" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>166</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>82</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47" t="s">
         <v>131</v>
       </c>
       <c r="L47"/>
       <c r="M47"/>
       <c r="N47" t="s">
         <v>25</v>
       </c>
       <c r="O47" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P47" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>