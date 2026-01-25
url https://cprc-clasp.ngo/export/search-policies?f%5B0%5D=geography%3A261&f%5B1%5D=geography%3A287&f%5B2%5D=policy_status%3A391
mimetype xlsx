--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -12,414 +12,417 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
-[...279 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>EN 61121</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
@@ -870,939 +873,935 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3"/>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3"/>
       <c r="N3" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="I4">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>1979</v>
+        <v>1995</v>
       </c>
       <c r="I5">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
       <c r="M5"/>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="I6">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
       <c r="M9"/>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="I10">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="I11">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
         <v>81</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="L11"/>
+      <c r="M11" t="s">
         <v>82</v>
       </c>
-      <c r="M11" t="s">
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
         <v>83</v>
       </c>
-      <c r="N11" t="s">
-[...2 lines deleted...]
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
         <v>89</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="M13" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>91</v>
+      </c>
       <c r="M14" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P14" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>101</v>
       </c>
       <c r="B15" t="s">
         <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>103</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I15">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J15" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16">
         <v>2024</v>
       </c>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
       <c r="I17">
         <v>2024</v>
       </c>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P17" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>96</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M19" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M20" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">