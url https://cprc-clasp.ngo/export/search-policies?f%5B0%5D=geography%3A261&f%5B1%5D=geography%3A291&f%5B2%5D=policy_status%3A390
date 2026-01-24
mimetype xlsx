--- v0 (2025-11-28)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -552,92 +552,111 @@
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>Natural gas and LPG boilers</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>Heating controls products</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...4 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -675,51 +694,51 @@
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
     <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
   </si>
   <si>
     <t>In these Regulations “light source” means, an electricallyU operated product—
 (a) intended to emit light; or
 (b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
 (c) intended to do both (a) and (b); 
 This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
@@ -1161,51 +1180,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P46"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2611,699 +2630,745 @@
       <c r="C32" t="s">
         <v>180</v>
       </c>
       <c r="D32" t="s">
         <v>181</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>182</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2025</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>183</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
+      <c r="L32"/>
+      <c r="M32" t="s">
         <v>184</v>
       </c>
-      <c r="M32" t="s">
+      <c r="N32" t="s">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
         <v>185</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>187</v>
+      </c>
+      <c r="B33" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>180</v>
       </c>
       <c r="D33" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>182</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="M33" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="N33" t="s">
         <v>32</v>
       </c>
       <c r="O33" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="P33" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
         <v>180</v>
       </c>
       <c r="D34" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>182</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="H34">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>197</v>
+      </c>
+      <c r="M34" t="s">
+        <v>184</v>
+      </c>
+      <c r="N34" t="s">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
         <v>198</v>
       </c>
-      <c r="M34" t="s">
-[...5 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>200</v>
+      </c>
+      <c r="B35" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="C35" t="s">
         <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>182</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="H35">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
+        <v>203</v>
+      </c>
+      <c r="M35" t="s">
+        <v>184</v>
+      </c>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
         <v>204</v>
       </c>
-      <c r="M35" t="s">
-[...5 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>206</v>
+      </c>
+      <c r="B36" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="C36" t="s">
         <v>180</v>
       </c>
       <c r="D36" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>182</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>195</v>
       </c>
       <c r="H36">
         <v>2020</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
+        <v>209</v>
+      </c>
+      <c r="M36" t="s">
+        <v>184</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
         <v>210</v>
       </c>
-      <c r="M36" t="s">
-[...5 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>212</v>
+      </c>
+      <c r="B37" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C37" t="s">
         <v>180</v>
       </c>
       <c r="D37" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>82</v>
+        <v>182</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
+        <v>215</v>
+      </c>
+      <c r="M37" t="s">
+        <v>184</v>
+      </c>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
         <v>216</v>
       </c>
-      <c r="M37" t="s">
-[...5 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
         <v>219</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
+        <v>180</v>
+      </c>
+      <c r="D38" t="s">
         <v>220</v>
       </c>
-      <c r="C38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>196</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38"/>
-      <c r="M38"/>
+      <c r="L38" t="s">
+        <v>221</v>
+      </c>
+      <c r="M38" t="s">
+        <v>184</v>
+      </c>
       <c r="N38" t="s">
         <v>32</v>
       </c>
       <c r="O38" t="s">
         <v>222</v>
       </c>
       <c r="P38" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>32</v>
       </c>
       <c r="O39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>82</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40"/>
       <c r="N40" t="s">
         <v>32</v>
       </c>
       <c r="O40" t="s">
         <v>230</v>
       </c>
       <c r="P40" t="s">
-        <v>57</v>
+        <v>231</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>82</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41"/>
       <c r="N41" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P41" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>82</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P42" t="s">
-        <v>239</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>240</v>
       </c>
       <c r="B43" t="s">
         <v>241</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>49</v>
+        <v>242</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>82</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>32</v>
       </c>
       <c r="O43" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P43" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>82</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O44" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P44" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B45" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>82</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O45" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P45" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46"/>
       <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>255</v>
+      </c>
+      <c r="P46" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>257</v>
+      </c>
+      <c r="B47" t="s">
+        <v>258</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>166</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>82</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>131</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
         <v>25</v>
       </c>
-      <c r="O46" t="s">
-[...2 lines deleted...]
-      <c r="P46" t="s">
+      <c r="O47" t="s">
+        <v>259</v>
+      </c>
+      <c r="P47" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>