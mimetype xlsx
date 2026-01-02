--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -149,122 +149,94 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...39 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -580,70 +552,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -862,170 +834,120 @@
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>49</v>
       </c>
       <c r="G6" t="s">
         <v>50</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J6" t="s">
         <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>52</v>
       </c>
       <c r="M6" t="s">
         <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>54</v>
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>53</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
         <v>62</v>
-      </c>
-[...49 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">