--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1241,51 +1241,53 @@
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>71</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
-      <c r="H11"/>
+      <c r="H11">
+        <v>2024</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>80</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>81</v>
       </c>
       <c r="P11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>83</v>
       </c>