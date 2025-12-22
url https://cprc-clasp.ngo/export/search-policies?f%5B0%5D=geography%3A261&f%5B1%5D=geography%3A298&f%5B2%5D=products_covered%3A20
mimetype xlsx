--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -498,97 +498,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1804,54 +1807,54 @@
         <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>129</v>
       </c>
       <c r="B20" t="s">
         <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>99</v>
       </c>
       <c r="D20" t="s">
         <v>131</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="H20">
+      <c r="H20"/>
+      <c r="I20">
         <v>2024</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
         <v>132</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>126</v>
       </c>
       <c r="N20" t="s">
         <v>25</v>
       </c>
       <c r="O20" t="s">
         <v>133</v>
       </c>
       <c r="P20" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>134</v>
       </c>
       <c r="B21" t="s">
@@ -2042,171 +2045,171 @@
       </c>
       <c r="P24" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>152</v>
       </c>
       <c r="B25" t="s">
         <v>153</v>
       </c>
       <c r="C25" t="s">
         <v>99</v>
       </c>
       <c r="D25" t="s">
         <v>122</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2022</v>
       </c>
       <c r="J25" t="s">
         <v>124</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M25" t="s">
         <v>126</v>
       </c>
       <c r="N25" t="s">
         <v>25</v>
       </c>
       <c r="O25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P25" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
         <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>122</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>92</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
       <c r="I26">
         <v>2025</v>
       </c>
       <c r="J26" t="s">
         <v>132</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>126</v>
       </c>
       <c r="N26" t="s">
         <v>25</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P26" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
         <v>99</v>
       </c>
       <c r="D27" t="s">
         <v>140</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27" t="s">
         <v>123</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>124</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M27" t="s">
         <v>126</v>
       </c>
       <c r="N27" t="s">
         <v>25</v>
       </c>
       <c r="O27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P27" t="s">
         <v>147</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>