--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -116,72 +116,72 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -687,51 +687,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>36</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
       <c r="O4" t="s">
         <v>41</v>
       </c>
       <c r="P4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>