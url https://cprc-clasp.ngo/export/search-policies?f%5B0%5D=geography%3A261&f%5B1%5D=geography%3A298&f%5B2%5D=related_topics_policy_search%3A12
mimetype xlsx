--- v0 (2025-11-28)
+++ v1 (2026-01-27)
@@ -191,77 +191,77 @@
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
     <t>This Policy applies to:
 (a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
 (i) have two, four, six or eight poles;
 (ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
 (iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
 (iv) are rated on the basis of continuous duty operation; and
 (v) are rated for direct on-line operation;
 (b) variable speed drives with 3 phase input which:
 (i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
 (ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
 (iii) have only one AC voltage output.</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>