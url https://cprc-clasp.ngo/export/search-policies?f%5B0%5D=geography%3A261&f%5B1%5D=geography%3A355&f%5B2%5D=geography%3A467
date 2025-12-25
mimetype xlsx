--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -3932,51 +3932,51 @@
       </c>
       <c r="P49" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>269</v>
       </c>
       <c r="B50" t="s">
         <v>270</v>
       </c>
       <c r="C50" t="s">
         <v>214</v>
       </c>
       <c r="D50" t="s">
         <v>271</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>272</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50">
         <v>2024</v>
       </c>
       <c r="J50" t="s">
         <v>273</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
         <v>274</v>
       </c>
       <c r="M50" t="s">
         <v>217</v>
       </c>
       <c r="N50" t="s">
         <v>32</v>
       </c>
       <c r="O50" t="s">
         <v>275</v>
       </c>