--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -1702,51 +1702,51 @@
       </c>
       <c r="P19" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>123</v>
       </c>
       <c r="B20" t="s">
         <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>99</v>
       </c>
       <c r="D20" t="s">
         <v>125</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>126</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>127</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>128</v>
       </c>
       <c r="M20" t="s">
         <v>102</v>
       </c>
       <c r="N20" t="s">
         <v>25</v>
       </c>
       <c r="O20" t="s">
         <v>129</v>
       </c>