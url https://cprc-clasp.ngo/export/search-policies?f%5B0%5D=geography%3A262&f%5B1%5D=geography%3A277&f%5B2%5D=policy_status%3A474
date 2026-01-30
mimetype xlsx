--- v0 (2025-12-15)
+++ v1 (2026-01-30)
@@ -12,116 +12,153 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
-  </si>
-[...4 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
@@ -451,74 +488,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="104.832" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -573,50 +610,98 @@
       </c>
       <c r="H2">
         <v>2025</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">