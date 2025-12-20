--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -396,50 +396,53 @@
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
@@ -464,50 +467,78 @@
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
@@ -1061,81 +1092,81 @@
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
   </si>
   <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
     <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
   </si>
   <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1213,66 +1244,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
     <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
     <t>This policy covers precipitators.</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1632,65 +1666,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P73"/>
+  <dimension ref="A1:P74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2508,2760 +2542,2808 @@
       </c>
       <c r="P17" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>121</v>
       </c>
       <c r="B18" t="s">
         <v>122</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>123</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>124</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="H18">
         <v>2009</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>105</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>110</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>124</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>105</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20" t="s">
         <v>124</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2014</v>
       </c>
       <c r="I20">
         <v>2019</v>
       </c>
       <c r="J20" t="s">
         <v>105</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
         <v>118</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21" t="s">
         <v>124</v>
       </c>
       <c r="G21" t="s">
         <v>41</v>
       </c>
       <c r="H21">
         <v>2023</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>105</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>124</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2023</v>
       </c>
       <c r="J22" t="s">
         <v>105</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>112</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="D23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23" t="s">
         <v>124</v>
       </c>
       <c r="G23" t="s">
-        <v>41</v>
+        <v>149</v>
       </c>
       <c r="H23">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
       <c r="M23" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24" t="s">
         <v>124</v>
       </c>
       <c r="G24" t="s">
         <v>41</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>158</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>112</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="P24" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B25" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>124</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H25">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>158</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>160</v>
+        <v>112</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C26" t="s">
         <v>37</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>32</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
       <c r="J26" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="P26" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B27" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C27" t="s">
         <v>37</v>
       </c>
       <c r="D27" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>41</v>
       </c>
       <c r="H27">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="M27" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N27" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="P27" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C28" t="s">
         <v>37</v>
       </c>
       <c r="D28" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>41</v>
       </c>
       <c r="H28">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>42</v>
       </c>
       <c r="K28" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="M28" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O28" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="P28" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B29" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C29" t="s">
         <v>37</v>
       </c>
       <c r="D29" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H29">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="K29" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="L29" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="M29" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="P29" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B30" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C30" t="s">
         <v>37</v>
       </c>
       <c r="D30" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I30">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J30" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="M30" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="P30" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B31" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C31" t="s">
         <v>37</v>
       </c>
       <c r="D31" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H31">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I31">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="M31" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="P31" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B32" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C32" t="s">
         <v>37</v>
       </c>
       <c r="D32" t="s">
         <v>99</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2003</v>
       </c>
       <c r="I32">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J32" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="M32" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="P32" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="C33" t="s">
         <v>37</v>
       </c>
       <c r="D33" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2003</v>
       </c>
       <c r="I33">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J33" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="M33" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="P33" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="B34" t="s">
-        <v>209</v>
+        <v>82</v>
       </c>
       <c r="C34" t="s">
         <v>37</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="I34">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="J34" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>51</v>
+        <v>215</v>
       </c>
       <c r="M34" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="P34" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="B35" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C35" t="s">
         <v>37</v>
       </c>
       <c r="D35" t="s">
-        <v>214</v>
+        <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2002</v>
       </c>
       <c r="I35">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>215</v>
+        <v>51</v>
       </c>
       <c r="M35" t="s">
-        <v>216</v>
+        <v>170</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P35" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B36" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
         <v>37</v>
       </c>
       <c r="D36" t="s">
-        <v>83</v>
+        <v>224</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I36">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J36" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="M36" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="P36" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C37" t="s">
         <v>37</v>
       </c>
       <c r="D37" t="s">
         <v>83</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2003</v>
       </c>
       <c r="I37">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J37" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="M37" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="P37" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B38" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C38" t="s">
         <v>37</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>83</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2003</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
       <c r="J38" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M38" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="P38" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B39" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C39" t="s">
         <v>37</v>
       </c>
       <c r="D39" t="s">
-        <v>171</v>
+        <v>241</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H39">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="M39" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="P39" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B40" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C40" t="s">
         <v>37</v>
       </c>
       <c r="D40" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2005</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="M40" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="P40" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B41" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C41" t="s">
         <v>37</v>
       </c>
       <c r="D41" t="s">
-        <v>247</v>
+        <v>123</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H41">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I41"/>
+        <v>2005</v>
+      </c>
+      <c r="I41">
+        <v>2014</v>
+      </c>
       <c r="J41" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="M41" t="s">
-        <v>216</v>
+        <v>170</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="P41" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B42" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C42" t="s">
         <v>37</v>
       </c>
       <c r="D42" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>41</v>
       </c>
       <c r="H42">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="M42" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
       <c r="N42" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="P42" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B43" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C43" t="s">
         <v>37</v>
       </c>
       <c r="D43" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H43">
         <v>2009</v>
       </c>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="M43" t="s">
-        <v>216</v>
+        <v>170</v>
       </c>
       <c r="N43" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O43" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="P43" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B44" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C44" t="s">
         <v>37</v>
       </c>
       <c r="D44" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I44">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="J44" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>264</v>
       </c>
       <c r="M44" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="P44" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B45" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C45" t="s">
         <v>37</v>
       </c>
       <c r="D45" t="s">
-        <v>171</v>
+        <v>273</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2010</v>
+      </c>
       <c r="J45" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="M45" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="P45" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B46" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C46" t="s">
         <v>37</v>
       </c>
       <c r="D46" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>41</v>
       </c>
       <c r="H46">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>42</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="M46" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="P46" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B47" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C47" t="s">
         <v>37</v>
       </c>
       <c r="D47" t="s">
-        <v>123</v>
+        <v>181</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>41</v>
       </c>
       <c r="H47">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>42</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="M47" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="P47" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B48" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C48" t="s">
         <v>37</v>
       </c>
       <c r="D48" t="s">
-        <v>190</v>
+        <v>123</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>41</v>
       </c>
       <c r="H48">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>42</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="M48" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="P48" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B49" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C49" t="s">
         <v>37</v>
       </c>
       <c r="D49" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>41</v>
       </c>
       <c r="H49">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>42</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="M49" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="P49" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B50" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C50" t="s">
         <v>37</v>
       </c>
       <c r="D50" t="s">
-        <v>294</v>
+        <v>200</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>41</v>
       </c>
       <c r="H50">
         <v>2017</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>42</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="M50" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="P50" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B51" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C51" t="s">
         <v>37</v>
       </c>
       <c r="D51" t="s">
-        <v>184</v>
+        <v>304</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>41</v>
       </c>
       <c r="H51">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>42</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="M51" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="P51" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="B52" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="C52" t="s">
         <v>37</v>
       </c>
       <c r="D52" t="s">
-        <v>305</v>
+        <v>194</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H52">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>158</v>
+        <v>42</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="M52" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="P52" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B53" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C53" t="s">
         <v>37</v>
       </c>
       <c r="D53" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2011</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
       <c r="J53" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="M53" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N53" t="s">
-        <v>312</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="P53" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B54" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C54" t="s">
         <v>37</v>
       </c>
       <c r="D54" t="s">
-        <v>65</v>
+        <v>304</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>41</v>
       </c>
       <c r="H54">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
         <v>42</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="M54" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N54" t="s">
-        <v>27</v>
+        <v>322</v>
       </c>
       <c r="O54" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="P54" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B55" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="C55" t="s">
         <v>37</v>
       </c>
       <c r="D55" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H55">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I55">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J55" t="s">
-        <v>322</v>
+        <v>42</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="M55" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="P55" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B56" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C56" t="s">
         <v>37</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2014</v>
       </c>
       <c r="I56">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J56" t="s">
-        <v>158</v>
+        <v>332</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="M56" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="P56" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B57" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C57" t="s">
         <v>37</v>
       </c>
       <c r="D57" t="s">
-        <v>71</v>
+        <v>175</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2014</v>
       </c>
       <c r="I57">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J57" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="M57" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="P57" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="B58" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="C58" t="s">
         <v>37</v>
       </c>
       <c r="D58" t="s">
-        <v>305</v>
+        <v>71</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I58">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J58" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="M58" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="P58" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B59" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
-        <v>123</v>
+        <v>315</v>
       </c>
       <c r="E59" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>124</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I59">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="J59" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>242</v>
+        <v>348</v>
       </c>
       <c r="M59" t="s">
-        <v>44</v>
+        <v>170</v>
       </c>
       <c r="N59" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="P59" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B60" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C60" t="s">
-        <v>347</v>
+        <v>37</v>
       </c>
       <c r="D60" t="s">
-        <v>348</v>
+        <v>123</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
         <v>124</v>
       </c>
       <c r="G60" t="s">
-        <v>8</v>
+        <v>353</v>
       </c>
       <c r="H60">
         <v>2007</v>
       </c>
       <c r="I60">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J60" t="s">
-        <v>349</v>
+        <v>168</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>350</v>
+        <v>252</v>
       </c>
       <c r="M60" t="s">
-        <v>351</v>
+        <v>44</v>
       </c>
       <c r="N60" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O60" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="P60" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B61" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C61" t="s">
         <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>38</v>
+        <v>358</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61" t="s">
         <v>124</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H61">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I61">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="J61" t="s">
-        <v>158</v>
+        <v>359</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>43</v>
+        <v>360</v>
       </c>
       <c r="M61" t="s">
-        <v>44</v>
+        <v>361</v>
       </c>
       <c r="N61" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="P61" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B62" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C62" t="s">
         <v>37</v>
       </c>
       <c r="D62" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
         <v>124</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="J62" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>360</v>
+        <v>43</v>
       </c>
       <c r="M62" t="s">
         <v>44</v>
       </c>
       <c r="N62" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O62" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="P62" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="B63" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C63" t="s">
         <v>37</v>
       </c>
       <c r="D63" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>124</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I63">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J63" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>100</v>
+        <v>370</v>
       </c>
       <c r="M63" t="s">
         <v>44</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="P63" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="B64" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="C64" t="s">
         <v>37</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64" t="s">
         <v>124</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="I64">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J64" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="M64" t="s">
         <v>44</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="P64" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B65" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>372</v>
+        <v>19</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65" t="s">
         <v>124</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="I65">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="J65" t="s">
-        <v>50</v>
+        <v>168</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>373</v>
+        <v>51</v>
       </c>
       <c r="M65" t="s">
-        <v>351</v>
+        <v>44</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="P65" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B66" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C66" t="s">
         <v>37</v>
       </c>
       <c r="D66" t="s">
-        <v>77</v>
+        <v>382</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66" t="s">
         <v>124</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I66">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="J66" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>78</v>
+        <v>383</v>
       </c>
       <c r="M66" t="s">
-        <v>44</v>
+        <v>361</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="P66" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B67" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C67" t="s">
         <v>37</v>
       </c>
       <c r="D67" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67" t="s">
         <v>124</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I67">
         <v>2016</v>
       </c>
       <c r="J67" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>382</v>
+        <v>78</v>
       </c>
       <c r="M67" t="s">
         <v>44</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="P67" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B68" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C68" t="s">
         <v>37</v>
       </c>
       <c r="D68" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68" t="s">
         <v>124</v>
       </c>
       <c r="G68" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H68">
+        <v>2012</v>
+      </c>
+      <c r="I68">
         <v>2016</v>
       </c>
-      <c r="I68"/>
       <c r="J68" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="M68" t="s">
-        <v>388</v>
+        <v>44</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="P68" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B69" t="s">
-        <v>70</v>
+        <v>396</v>
       </c>
       <c r="C69" t="s">
         <v>37</v>
       </c>
       <c r="D69" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69" t="s">
         <v>124</v>
       </c>
       <c r="G69" t="s">
         <v>41</v>
       </c>
       <c r="H69">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>42</v>
+        <v>168</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>72</v>
+        <v>397</v>
       </c>
       <c r="M69" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="P69" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="B70" t="s">
-        <v>395</v>
+        <v>70</v>
       </c>
       <c r="C70" t="s">
         <v>37</v>
       </c>
       <c r="D70" t="s">
         <v>71</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>124</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>402</v>
       </c>
       <c r="H70">
         <v>2018</v>
       </c>
-      <c r="I70">
-[...1 lines deleted...]
-      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>397</v>
+        <v>72</v>
       </c>
       <c r="M70" t="s">
         <v>398</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="P70" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>37</v>
       </c>
       <c r="D71" t="s">
         <v>71</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71" t="s">
         <v>124</v>
       </c>
       <c r="G71" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H71">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I71"/>
+        <v>2018</v>
+      </c>
+      <c r="I71">
+        <v>2024</v>
+      </c>
       <c r="J71" t="s">
-        <v>42</v>
+        <v>403</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="M71" t="s">
-        <v>388</v>
+        <v>409</v>
       </c>
       <c r="N71" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="P71" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="B72" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="C72" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D72" t="s">
-        <v>408</v>
+        <v>71</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F72" t="s">
         <v>124</v>
       </c>
       <c r="G72" t="s">
         <v>41</v>
       </c>
       <c r="H72">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>105</v>
+        <v>42</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72"/>
-      <c r="M72"/>
+      <c r="L72" t="s">
+        <v>414</v>
+      </c>
+      <c r="M72" t="s">
+        <v>398</v>
+      </c>
       <c r="N72" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="O72" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="P72" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B73" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C73" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>99</v>
+        <v>419</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>124</v>
       </c>
       <c r="G73" t="s">
         <v>41</v>
       </c>
       <c r="H73">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>105</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="P73" t="s">
-        <v>414</v>
+        <v>421</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>422</v>
+      </c>
+      <c r="B74" t="s">
+        <v>423</v>
+      </c>
+      <c r="C74" t="s">
+        <v>117</v>
+      </c>
+      <c r="D74" t="s">
+        <v>99</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>124</v>
+      </c>
+      <c r="G74" t="s">
+        <v>41</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>105</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>424</v>
+      </c>
+      <c r="P74" t="s">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">