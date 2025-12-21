--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -119,141 +119,175 @@
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
+    <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
+  </si>
+  <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
+    <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>GB 28736-2019</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
+  </si>
+  <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
+    <t>Solar Inverters</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>CQC3188-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3108-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
+  </si>
+  <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...88 lines deleted...]
-    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
   </si>
@@ -346,81 +380,81 @@
   <si>
     <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
   </si>
   <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
     <t>Apply to electric vehicle off-board charger</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -736,65 +770,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -916,726 +950,774 @@
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="O3" t="s">
         <v>39</v>
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>45</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="H8">
         <v>2005</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
         <v>76</v>
       </c>
-      <c r="E9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H9">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2005</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I10">
         <v>2021</v>
       </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="H11">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I11">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="J11" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="H12">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="G15" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>71</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="H16">
         <v>2007</v>
       </c>
       <c r="I16">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="M16" t="s">
-        <v>118</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="P16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H17">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I17">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="J17" t="s">
-        <v>60</v>
+        <v>127</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2008</v>
+      </c>
+      <c r="J18" t="s">
+        <v>70</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
         <v>25</v>
       </c>
-      <c r="M17" t="s">
+      <c r="M18" t="s">
         <v>26</v>
       </c>
-      <c r="N17" t="s">
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="O17" t="s">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">