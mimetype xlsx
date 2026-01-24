--- v0 (2025-11-28)
+++ v1 (2026-01-24)
@@ -843,60 +843,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1204,51 +1205,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -4639,55 +4640,53 @@
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>257</v>
       </c>
       <c r="B44" t="s">
         <v>258</v>
       </c>
       <c r="C44" t="s">
         <v>115</v>
       </c>
       <c r="D44" t="s">
         <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
         <v>260</v>
       </c>
       <c r="H44">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
         <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>262</v>
       </c>
       <c r="M44" t="s">
         <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>264</v>
       </c>
       <c r="P44" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>266</v>
@@ -6130,51 +6129,51 @@
       </c>
       <c r="P74" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>439</v>
       </c>
       <c r="B75" t="s">
         <v>440</v>
       </c>
       <c r="C75" t="s">
         <v>317</v>
       </c>
       <c r="D75" t="s">
         <v>383</v>
       </c>
       <c r="E75" t="s">
         <v>62</v>
       </c>
       <c r="F75" t="s">
         <v>332</v>
       </c>
       <c r="G75" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75">
         <v>2024</v>
       </c>
       <c r="J75" t="s">
         <v>441</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
         <v>442</v>
       </c>
       <c r="M75" t="s">
         <v>320</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>443</v>
       </c>