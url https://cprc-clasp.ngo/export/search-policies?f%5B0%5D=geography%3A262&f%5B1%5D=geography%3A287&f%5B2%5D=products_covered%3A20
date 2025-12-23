--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -168,57 +168,57 @@
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
     <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
@@ -394,108 +394,111 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
@@ -1829,172 +1832,172 @@
       </c>
       <c r="P20" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>139</v>
       </c>
       <c r="B21" t="s">
         <v>140</v>
       </c>
       <c r="C21" t="s">
         <v>124</v>
       </c>
       <c r="D21" t="s">
         <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>126</v>
       </c>
       <c r="G21" t="s">
-        <v>37</v>
+        <v>142</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>134</v>
       </c>
       <c r="K21" t="s">
         <v>58</v>
       </c>
       <c r="L21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M21" t="s">
         <v>136</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C22" t="s">
         <v>124</v>
       </c>
       <c r="D22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E22" t="s">
         <v>44</v>
       </c>
       <c r="F22" t="s">
         <v>126</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>134</v>
       </c>
       <c r="K22" t="s">
         <v>58</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C23" t="s">
         <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>125</v>
       </c>
       <c r="E23" t="s">
         <v>44</v>
       </c>
       <c r="F23" t="s">
         <v>126</v>
       </c>
       <c r="G23" t="s">
         <v>37</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2018</v>
       </c>
       <c r="J23" t="s">
         <v>134</v>
       </c>
       <c r="K23" t="s">
         <v>58</v>
       </c>
       <c r="L23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">