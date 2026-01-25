--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -597,92 +597,111 @@
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...4 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -720,51 +739,51 @@
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
     <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
 Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
 The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
   </si>
   <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
     <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
   </si>
   <si>
@@ -1100,51 +1119,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P38"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2548,392 +2567,438 @@
       <c r="C31" t="s">
         <v>183</v>
       </c>
       <c r="D31" t="s">
         <v>184</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>185</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2025</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>186</v>
       </c>
       <c r="K31" t="s">
         <v>42</v>
       </c>
-      <c r="L31" t="s">
+      <c r="L31"/>
+      <c r="M31" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C32" t="s">
         <v>183</v>
       </c>
       <c r="D32" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32" t="s">
         <v>185</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
       <c r="L32" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="M32" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="P32" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C33" t="s">
         <v>183</v>
       </c>
       <c r="D33" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33" t="s">
         <v>185</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="K33" t="s">
         <v>42</v>
       </c>
       <c r="L33" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="M33" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
+        <v>201</v>
+      </c>
+      <c r="P33" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>203</v>
+      </c>
+      <c r="B34" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="C34" t="s">
         <v>183</v>
       </c>
       <c r="D34" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34" t="s">
         <v>185</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H34">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="K34" t="s">
         <v>42</v>
       </c>
       <c r="L34" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="M34" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
+        <v>207</v>
+      </c>
+      <c r="P34" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="C35" t="s">
         <v>183</v>
       </c>
       <c r="D35" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35" t="s">
         <v>185</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H35">
         <v>2020</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="K35" t="s">
         <v>42</v>
       </c>
       <c r="L35" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="M35" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
+        <v>213</v>
+      </c>
+      <c r="P35" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>215</v>
+      </c>
+      <c r="B36" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C36" t="s">
         <v>183</v>
       </c>
       <c r="D36" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36" t="s">
-        <v>99</v>
+        <v>185</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="K36" t="s">
         <v>42</v>
       </c>
       <c r="L36" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="M36" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
         <v>222</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
+        <v>183</v>
+      </c>
+      <c r="D37" t="s">
         <v>223</v>
       </c>
-      <c r="C37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F37" t="s">
         <v>99</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>41</v>
+        <v>199</v>
       </c>
       <c r="K37" t="s">
         <v>42</v>
       </c>
-      <c r="L37"/>
-      <c r="M37"/>
+      <c r="L37" t="s">
+        <v>224</v>
+      </c>
+      <c r="M37" t="s">
+        <v>187</v>
+      </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
         <v>225</v>
       </c>
       <c r="P37" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>227</v>
       </c>
       <c r="B38" t="s">
         <v>228</v>
       </c>
       <c r="C38" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>229</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>99</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>41</v>
       </c>
       <c r="K38" t="s">
         <v>42</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
         <v>230</v>
       </c>
       <c r="P38" t="s">
         <v>231</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C39" t="s">
+        <v>70</v>
+      </c>
+      <c r="D39" t="s">
+        <v>234</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>99</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>41</v>
+      </c>
+      <c r="K39" t="s">
+        <v>42</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>235</v>
+      </c>
+      <c r="P39" t="s">
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">