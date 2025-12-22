--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -180,80 +180,80 @@
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -579,51 +579,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="494.165" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="109.545" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -901,63 +901,63 @@
       </c>
       <c r="L6" t="s">
         <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>36</v>
       </c>
       <c r="O6" t="s">
         <v>59</v>
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>55</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="H7">
         <v>2018</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>64</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>36</v>
       </c>
       <c r="O7" t="s">
         <v>66</v>
       </c>
       <c r="P7" t="s">
         <v>67</v>