--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -104,76 +104,76 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
     <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">