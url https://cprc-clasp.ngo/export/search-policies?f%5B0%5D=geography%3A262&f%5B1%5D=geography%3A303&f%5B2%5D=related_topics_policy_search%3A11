--- v0 (2025-11-30)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="945">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="947">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -843,60 +843,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -2746,50 +2747,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
@@ -2913,50 +2917,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -5480,55 +5487,53 @@
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>257</v>
       </c>
       <c r="B44" t="s">
         <v>258</v>
       </c>
       <c r="C44" t="s">
         <v>115</v>
       </c>
       <c r="D44" t="s">
         <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
         <v>260</v>
       </c>
       <c r="H44">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
         <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>262</v>
       </c>
       <c r="M44" t="s">
         <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>264</v>
       </c>
       <c r="P44" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>266</v>
@@ -10789,1044 +10794,1044 @@
       </c>
       <c r="P154" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
         <v>844</v>
       </c>
       <c r="B155" t="s">
         <v>845</v>
       </c>
       <c r="C155" t="s">
         <v>317</v>
       </c>
       <c r="D155" t="s">
         <v>555</v>
       </c>
       <c r="E155" t="s">
         <v>62</v>
       </c>
       <c r="F155" t="s">
         <v>156</v>
       </c>
       <c r="G155" t="s">
-        <v>794</v>
+        <v>846</v>
       </c>
       <c r="H155">
         <v>2004</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M155" t="s">
         <v>832</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="P155" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B156" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C156" t="s">
         <v>317</v>
       </c>
       <c r="D156" t="s">
         <v>555</v>
       </c>
       <c r="E156" t="s">
         <v>62</v>
       </c>
       <c r="F156" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2004</v>
       </c>
       <c r="I156">
         <v>2021</v>
       </c>
       <c r="J156" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
         <v>832</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="P156" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B157" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C157" t="s">
         <v>317</v>
       </c>
       <c r="D157" t="s">
         <v>389</v>
       </c>
       <c r="E157" t="s">
         <v>62</v>
       </c>
       <c r="F157" t="s">
         <v>156</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>1978</v>
       </c>
       <c r="I157">
         <v>2017</v>
       </c>
       <c r="J157" t="s">
         <v>327</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
         <v>832</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="P157" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B158" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C158" t="s">
         <v>317</v>
       </c>
       <c r="D158" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>156</v>
       </c>
       <c r="G158" t="s">
         <v>44</v>
       </c>
       <c r="H158">
         <v>2013</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>398</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
         <v>832</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P158" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B159" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C159" t="s">
         <v>317</v>
       </c>
       <c r="D159" t="s">
         <v>472</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>156</v>
       </c>
       <c r="G159" t="s">
         <v>44</v>
       </c>
       <c r="H159">
         <v>2014</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
         <v>398</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>832</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="P159" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B160" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C160" t="s">
         <v>317</v>
       </c>
       <c r="D160" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>156</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2007</v>
       </c>
       <c r="I160">
         <v>2014</v>
       </c>
       <c r="J160" t="s">
         <v>398</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
         <v>832</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P160" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B161" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C161" t="s">
         <v>317</v>
       </c>
       <c r="D161" t="s">
         <v>472</v>
       </c>
       <c r="E161" t="s">
         <v>62</v>
       </c>
       <c r="F161" t="s">
         <v>156</v>
       </c>
       <c r="G161" t="s">
         <v>44</v>
       </c>
       <c r="H161">
         <v>2017</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
         <v>398</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
         <v>832</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="P161" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B162" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C162" t="s">
         <v>317</v>
       </c>
       <c r="D162" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>156</v>
       </c>
       <c r="G162" t="s">
         <v>44</v>
       </c>
       <c r="H162">
         <v>2012</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
         <v>398</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
         <v>832</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P162" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B163" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C163" t="s">
         <v>317</v>
       </c>
       <c r="D163" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>156</v>
       </c>
       <c r="G163" t="s">
         <v>44</v>
       </c>
       <c r="H163">
         <v>2013</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>327</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
         <v>832</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="P163" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B164" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C164" t="s">
         <v>317</v>
       </c>
       <c r="D164" t="s">
         <v>584</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>156</v>
       </c>
       <c r="G164" t="s">
         <v>44</v>
       </c>
       <c r="H164">
         <v>2013</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
         <v>398</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
         <v>832</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="P164" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B165" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="C165" t="s">
         <v>317</v>
       </c>
       <c r="D165" t="s">
         <v>486</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>156</v>
       </c>
       <c r="G165" t="s">
         <v>44</v>
       </c>
       <c r="H165">
         <v>2013</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>398</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
         <v>832</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="P165" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B166" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C166" t="s">
         <v>317</v>
       </c>
       <c r="D166" t="s">
         <v>524</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>156</v>
       </c>
       <c r="G166" t="s">
         <v>44</v>
       </c>
       <c r="H166">
         <v>2013</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>398</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
         <v>832</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="P166" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B167" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C167" t="s">
         <v>317</v>
       </c>
       <c r="D167" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>156</v>
       </c>
       <c r="G167" t="s">
-        <v>44</v>
+        <v>903</v>
       </c>
       <c r="H167">
         <v>2014</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
         <v>832</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="P167" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="B168" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="C168" t="s">
         <v>317</v>
       </c>
       <c r="D168" t="s">
         <v>338</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>156</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2014</v>
       </c>
       <c r="I168">
         <v>2024</v>
       </c>
       <c r="J168" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
         <v>832</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="P168" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B169" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C169" t="s">
         <v>317</v>
       </c>
       <c r="D169" t="s">
         <v>550</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>156</v>
       </c>
       <c r="G169" t="s">
         <v>44</v>
       </c>
       <c r="H169">
         <v>2014</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
         <v>398</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
         <v>832</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="P169" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B170" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C170" t="s">
         <v>317</v>
       </c>
       <c r="D170" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>156</v>
       </c>
       <c r="G170" t="s">
         <v>44</v>
       </c>
       <c r="H170">
         <v>2016</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>398</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
         <v>832</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="P170" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B171" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C171" t="s">
         <v>317</v>
       </c>
       <c r="D171" t="s">
         <v>541</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>156</v>
       </c>
       <c r="G171" t="s">
         <v>44</v>
       </c>
       <c r="H171">
         <v>2016</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>398</v>
       </c>
       <c r="K171" t="s">
         <v>24</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
         <v>832</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="P171" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="B172" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C172" t="s">
         <v>317</v>
       </c>
       <c r="D172" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>156</v>
       </c>
       <c r="G172" t="s">
         <v>44</v>
       </c>
       <c r="H172">
         <v>2016</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>398</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
         <v>832</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="P172" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B173" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C173" t="s">
         <v>317</v>
       </c>
       <c r="D173" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E173" t="s">
         <v>530</v>
       </c>
       <c r="F173" t="s">
         <v>156</v>
       </c>
       <c r="G173" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="H173"/>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>327</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
         <v>841</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="P173" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="B174" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C174" t="s">
         <v>317</v>
       </c>
       <c r="D174" t="s">
         <v>405</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>156</v>
       </c>
       <c r="G174" t="s">
         <v>44</v>
       </c>
       <c r="H174">
         <v>2007</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
         <v>398</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
         <v>832</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="P174" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="B175" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C175" t="s">
         <v>18</v>
       </c>
       <c r="D175" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>156</v>
       </c>
       <c r="G175" t="s">
         <v>44</v>
       </c>
       <c r="H175">
         <v>2014</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>38</v>
       </c>
       <c r="K175" t="s">
         <v>24</v>
       </c>
       <c r="L175"/>
       <c r="M175"/>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="P175" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="B176" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C176" t="s">
         <v>115</v>
       </c>
       <c r="D176" t="s">
         <v>37</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>156</v>
       </c>
       <c r="G176" t="s">
         <v>44</v>
       </c>
       <c r="H176">
         <v>2013</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>38</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176"/>
       <c r="M176"/>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="P176" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">