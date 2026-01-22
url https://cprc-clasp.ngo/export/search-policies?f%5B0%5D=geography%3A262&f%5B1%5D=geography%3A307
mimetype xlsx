--- v0 (2025-11-29)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -843,60 +843,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1439,50 +1440,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -1521,50 +1525,53 @@
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -4036,55 +4043,53 @@
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>257</v>
       </c>
       <c r="B44" t="s">
         <v>258</v>
       </c>
       <c r="C44" t="s">
         <v>115</v>
       </c>
       <c r="D44" t="s">
         <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
         <v>260</v>
       </c>
       <c r="H44">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
         <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>262</v>
       </c>
       <c r="M44" t="s">
         <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>264</v>
       </c>
       <c r="P44" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>266</v>
@@ -5749,598 +5754,598 @@
       </c>
       <c r="P79" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>447</v>
       </c>
       <c r="B80" t="s">
         <v>448</v>
       </c>
       <c r="C80" t="s">
         <v>317</v>
       </c>
       <c r="D80" t="s">
         <v>43</v>
       </c>
       <c r="E80" t="s">
         <v>62</v>
       </c>
       <c r="F80" t="s">
         <v>156</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>449</v>
       </c>
       <c r="H80">
         <v>2010</v>
       </c>
       <c r="I80">
         <v>2019</v>
       </c>
       <c r="J80" t="s">
         <v>333</v>
       </c>
       <c r="K80" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>320</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P80" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B81" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C81" t="s">
         <v>317</v>
       </c>
       <c r="D81" t="s">
         <v>43</v>
       </c>
       <c r="E81" t="s">
         <v>62</v>
       </c>
       <c r="F81" t="s">
         <v>156</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2010</v>
       </c>
       <c r="I81">
         <v>2019</v>
       </c>
       <c r="J81" t="s">
         <v>353</v>
       </c>
       <c r="K81" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>320</v>
       </c>
       <c r="N81" t="s">
         <v>65</v>
       </c>
       <c r="O81" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P81" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B82" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C82" t="s">
         <v>317</v>
       </c>
       <c r="D82" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E82" t="s">
         <v>62</v>
       </c>
       <c r="F82" t="s">
         <v>156</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2012</v>
       </c>
       <c r="I82">
         <v>2015</v>
       </c>
       <c r="J82" t="s">
         <v>333</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M82" t="s">
         <v>320</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P82" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B83" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C83" t="s">
         <v>317</v>
       </c>
       <c r="D83" t="s">
         <v>37</v>
       </c>
       <c r="E83" t="s">
         <v>62</v>
       </c>
       <c r="F83" t="s">
         <v>156</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83">
         <v>2015</v>
       </c>
       <c r="J83" t="s">
         <v>333</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M83" t="s">
         <v>320</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P83" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B84" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C84" t="s">
         <v>317</v>
       </c>
       <c r="D84" t="s">
         <v>37</v>
       </c>
       <c r="E84" t="s">
         <v>62</v>
       </c>
       <c r="F84" t="s">
         <v>156</v>
       </c>
       <c r="G84" t="s">
         <v>44</v>
       </c>
       <c r="H84">
         <v>2012</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>333</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M84" t="s">
         <v>320</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P84" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B85" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C85" t="s">
         <v>317</v>
       </c>
       <c r="D85" t="s">
         <v>19</v>
       </c>
       <c r="E85" t="s">
         <v>62</v>
       </c>
       <c r="F85" t="s">
         <v>156</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
       <c r="I85">
         <v>2021</v>
       </c>
       <c r="J85" t="s">
         <v>353</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
         <v>320</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P85" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B86" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C86" t="s">
         <v>317</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>62</v>
       </c>
       <c r="F86" t="s">
         <v>156</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>476</v>
       </c>
       <c r="H86">
         <v>2012</v>
       </c>
       <c r="I86">
         <v>2015</v>
       </c>
       <c r="J86" t="s">
         <v>319</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>320</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="P86" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B87" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C87" t="s">
         <v>317</v>
       </c>
       <c r="D87" t="s">
         <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>62</v>
       </c>
       <c r="F87" t="s">
         <v>156</v>
       </c>
       <c r="G87" t="s">
         <v>44</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>333</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>320</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="P87" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B88" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C88" t="s">
         <v>317</v>
       </c>
       <c r="D88" t="s">
         <v>358</v>
       </c>
       <c r="E88" t="s">
         <v>62</v>
       </c>
       <c r="F88" t="s">
         <v>156</v>
       </c>
       <c r="G88" t="s">
         <v>367</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>333</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="M88" t="s">
         <v>320</v>
       </c>
       <c r="N88" t="s">
         <v>65</v>
       </c>
       <c r="O88" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="P88" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B89" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C89" t="s">
         <v>317</v>
       </c>
       <c r="D89" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="E89" t="s">
         <v>62</v>
       </c>
       <c r="F89" t="s">
         <v>156</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2011</v>
       </c>
       <c r="I89">
         <v>2013</v>
       </c>
       <c r="J89" t="s">
         <v>319</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>320</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="P89" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B90" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>156</v>
       </c>
       <c r="G90" t="s">
         <v>44</v>
       </c>
       <c r="H90">
         <v>2014</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>38</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="P90" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B91" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C91" t="s">
         <v>115</v>
       </c>
       <c r="D91" t="s">
         <v>37</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>156</v>
       </c>
       <c r="G91" t="s">
         <v>44</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>38</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91"/>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="P91" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">