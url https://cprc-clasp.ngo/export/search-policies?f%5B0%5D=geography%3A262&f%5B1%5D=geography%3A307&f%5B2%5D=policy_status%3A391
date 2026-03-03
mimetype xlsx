--- v0 (2025-11-27)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -316,50 +316,53 @@
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -506,51 +509,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
@@ -765,50 +768,53 @@
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
@@ -834,72 +840,60 @@
   <si>
     <t>This document specifies the MEPS and test methods for printers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+    <t>Vietnam Decision No. 51/2011/QD-TTg</t>
+  </si>
+  <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2019</t>
-  </si>
-[...13 lines deleted...]
-    <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1209,65 +1203,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1843,1640 +1837,1592 @@
       </c>
       <c r="P12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>52</v>
       </c>
       <c r="F13" t="s">
         <v>92</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>38</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>55</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E14" t="s">
         <v>52</v>
       </c>
       <c r="F14" t="s">
         <v>92</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
         <v>38</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>93</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>52</v>
       </c>
       <c r="F15" t="s">
         <v>92</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>55</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
       <c r="F16" t="s">
         <v>92</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
         <v>38</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>55</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>73</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>92</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>38</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
         <v>55</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>92</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>38</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>61</v>
       </c>
       <c r="M18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>92</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>55</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
       </c>
       <c r="F20" t="s">
         <v>92</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2023</v>
       </c>
       <c r="J20" t="s">
         <v>38</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>55</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>92</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>55</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C22" t="s">
         <v>85</v>
       </c>
       <c r="D22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>92</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>55</v>
       </c>
       <c r="N22" t="s">
         <v>93</v>
       </c>
       <c r="O22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>92</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1992</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>55</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D25" t="s">
         <v>32</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>92</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2017</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D26" t="s">
         <v>32</v>
       </c>
       <c r="E26" t="s">
         <v>52</v>
       </c>
       <c r="F26" t="s">
         <v>92</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26">
         <v>2021</v>
       </c>
       <c r="J26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E27" t="s">
         <v>52</v>
       </c>
       <c r="F27" t="s">
         <v>92</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
       <c r="I27">
         <v>2015</v>
       </c>
       <c r="J27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N27" t="s">
         <v>93</v>
       </c>
       <c r="O27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E28" t="s">
         <v>52</v>
       </c>
       <c r="F28" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2007</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>92</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M29" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C30" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>92</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2007</v>
       </c>
       <c r="I30">
         <v>2020</v>
       </c>
       <c r="J30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C31" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
       </c>
       <c r="F31" t="s">
         <v>92</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E32" t="s">
         <v>52</v>
       </c>
       <c r="F32" t="s">
         <v>92</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2008</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M32" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E33" t="s">
         <v>52</v>
       </c>
       <c r="F33" t="s">
         <v>92</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33">
         <v>2018</v>
       </c>
       <c r="J33" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C34" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E34" t="s">
         <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>92</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2013</v>
       </c>
       <c r="J34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E35" t="s">
         <v>52</v>
       </c>
       <c r="F35" t="s">
         <v>92</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C36" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E36" t="s">
         <v>52</v>
       </c>
       <c r="F36" t="s">
         <v>92</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B37" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E37" t="s">
         <v>52</v>
       </c>
       <c r="F37" t="s">
         <v>92</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N37" t="s">
         <v>93</v>
       </c>
       <c r="O37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>92</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E39" t="s">
         <v>52</v>
       </c>
       <c r="F39" t="s">
         <v>92</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>243</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P39" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B40" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C40" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E40" t="s">
         <v>52</v>
       </c>
       <c r="F40" t="s">
         <v>92</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="K40" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N40" t="s">
         <v>93</v>
       </c>
       <c r="O40" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P40" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C41" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E41" t="s">
         <v>52</v>
       </c>
       <c r="F41" t="s">
         <v>92</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="P41" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B42" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C42" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D42" t="s">
         <v>37</v>
       </c>
       <c r="E42" t="s">
         <v>52</v>
       </c>
       <c r="F42" t="s">
         <v>92</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
       <c r="I42">
         <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="P42" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B43" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C43" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>52</v>
       </c>
       <c r="F43" t="s">
         <v>92</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2021</v>
       </c>
       <c r="J43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="P43" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B44" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>267</v>
       </c>
       <c r="E44" t="s">
         <v>52</v>
       </c>
       <c r="F44" t="s">
         <v>92</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I44">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J44" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="P44" t="s">
-        <v>267</v>
-[...12 lines deleted...]
-      <c r="D45" t="s">
         <v>270</v>
-      </c>
-[...32 lines deleted...]
-        <v>272</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">