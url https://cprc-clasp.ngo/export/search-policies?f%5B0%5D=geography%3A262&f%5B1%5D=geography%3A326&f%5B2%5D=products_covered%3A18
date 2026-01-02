--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -101,73 +101,73 @@
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>