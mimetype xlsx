--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,353 +12,470 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,845 +739,956 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4" t="s">
+        <v>33</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...208 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="L7" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
         <v>46</v>
       </c>
-      <c r="K8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N8" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>70</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...39 lines deleted...]
-      <c r="G10">
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>76</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N11" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>76</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
         <v>46</v>
       </c>
-      <c r="K12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K12" t="s">
+        <v>58</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>87</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>76</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2024</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>69</v>
-[...4 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>93</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N13" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>76</v>
+      </c>
+      <c r="G14" t="s">
+        <v>37</v>
       </c>
       <c r="H14">
         <v>2024</v>
       </c>
-      <c r="I14" t="s">
-        <v>75</v>
+      <c r="I14">
+        <v>2024</v>
       </c>
       <c r="J14" t="s">
-        <v>46</v>
-[...4 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="K14" t="s">
+        <v>58</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="N14" t="s">
+        <v>87</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
         <v>76</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G15">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2014</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
         <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="L15" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N15" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>76</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
         <v>46</v>
       </c>
-      <c r="K16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K16" t="s">
+        <v>58</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N16" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="E17" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>76</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2011</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
         <v>46</v>
       </c>
-      <c r="K17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K17" t="s">
+        <v>58</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="N17" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>87</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="E18" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>76</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18">
         <v>1992</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="K18" t="s">
+        <v>119</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="N18" t="s">
-        <v>87</v>
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>