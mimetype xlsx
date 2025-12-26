--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,110 +122,110 @@
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
   </si>
   <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
     <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
@@ -453,50 +453,78 @@
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
@@ -974,51 +1002,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P32"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1980,546 +2008,594 @@
       <c r="K21" t="s">
         <v>32</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>133</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>134</v>
       </c>
       <c r="P21" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>136</v>
       </c>
       <c r="B22" t="s">
         <v>137</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>138</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>99</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="K22" t="s">
         <v>42</v>
       </c>
       <c r="L22" t="s">
-        <v>77</v>
+        <v>141</v>
       </c>
       <c r="M22" t="s">
-        <v>43</v>
+        <v>142</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="P22" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23" t="s">
         <v>99</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>41</v>
       </c>
       <c r="K23" t="s">
         <v>42</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>77</v>
+      </c>
       <c r="M23" t="s">
         <v>43</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P23" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24" t="s">
         <v>99</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>41</v>
       </c>
       <c r="K24" t="s">
         <v>42</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>43</v>
       </c>
       <c r="N24" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="P24" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B25" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>41</v>
       </c>
       <c r="K25" t="s">
         <v>42</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>43</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O25" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="P25" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26" t="s">
         <v>99</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>41</v>
       </c>
       <c r="K26" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>43</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="P26" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27" t="s">
         <v>99</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>163</v>
+        <v>41</v>
       </c>
       <c r="K27" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>43</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="P27" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B28" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>171</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>99</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="K28" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>43</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="P28" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>82</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>99</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>172</v>
       </c>
       <c r="K29" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="L29"/>
+        <v>83</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
       <c r="M29" t="s">
         <v>43</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="P29" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>99</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>42</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>43</v>
       </c>
       <c r="N30" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>99</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>42</v>
       </c>
       <c r="L31"/>
-      <c r="M31"/>
+      <c r="M31" t="s">
+        <v>43</v>
+      </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O31" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="P31" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>99</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>41</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="P32" t="s">
-        <v>190</v>
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" t="s">
+        <v>197</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>99</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>41</v>
+      </c>
+      <c r="K33" t="s">
+        <v>42</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">