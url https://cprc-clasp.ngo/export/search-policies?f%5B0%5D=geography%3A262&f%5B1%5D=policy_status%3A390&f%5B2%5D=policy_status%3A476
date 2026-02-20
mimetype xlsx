--- v0 (2025-11-10)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -122,110 +122,110 @@
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
   </si>
   <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
     <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
@@ -363,50 +363,68 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
 (a) air heating products with a rated heating capacity not exceeding 1 MW;
 (b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
 (c) fan coil units.
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
 This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
 (a) manual metal arc welding;
 (b) shielded metal arc welding;
 (c) self-shielded flux-cored welding;
 (d) flux cored arc welding;
 (e) metal active gas and metal inert gas welding;
 (f) tungsten inert gas welding;
 (g) plasma arc cutting.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
@@ -974,65 +992,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P32"/>
+  <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1764,762 +1782,810 @@
       </c>
       <c r="P16" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>111</v>
       </c>
       <c r="B17" t="s">
         <v>112</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>113</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>99</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>41</v>
       </c>
       <c r="K17" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="L17"/>
-      <c r="M17"/>
+      <c r="M17" t="s">
+        <v>43</v>
+      </c>
       <c r="N17" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>115</v>
       </c>
       <c r="P17" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>117</v>
       </c>
       <c r="B18" t="s">
         <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" t="s">
         <v>99</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>41</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="L18"/>
-      <c r="M18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M18"/>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="P18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B19" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19" t="s">
         <v>99</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>41</v>
       </c>
       <c r="K19" t="s">
         <v>42</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>43</v>
       </c>
       <c r="N19" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="P19" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20" t="s">
         <v>99</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>41</v>
       </c>
       <c r="K20" t="s">
         <v>42</v>
       </c>
       <c r="L20"/>
-      <c r="M20"/>
+      <c r="M20" t="s">
+        <v>43</v>
+      </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="D21" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21" t="s">
         <v>99</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I21">
         <v>2023</v>
       </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>132</v>
+        <v>41</v>
       </c>
       <c r="K21" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="L21"/>
-      <c r="M21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M21"/>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
         <v>136</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22" t="s">
         <v>99</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
       <c r="J22" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="K22" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>142</v>
+        <v>76</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23" t="s">
         <v>99</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>41</v>
       </c>
       <c r="K23" t="s">
         <v>42</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>77</v>
+      </c>
       <c r="M23" t="s">
         <v>43</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24" t="s">
         <v>99</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>41</v>
       </c>
       <c r="K24" t="s">
         <v>42</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>43</v>
       </c>
       <c r="N24" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>41</v>
       </c>
       <c r="K25" t="s">
         <v>42</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>43</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P25" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26" t="s">
         <v>99</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>41</v>
       </c>
       <c r="K26" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>43</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P26" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B27" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27" t="s">
         <v>99</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>163</v>
+        <v>41</v>
       </c>
       <c r="K27" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>43</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>164</v>
       </c>
       <c r="P27" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>166</v>
       </c>
       <c r="B28" t="s">
         <v>167</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28" t="s">
         <v>99</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="K28" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>43</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>82</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29" t="s">
         <v>99</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="K29" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="L29"/>
+        <v>83</v>
+      </c>
+      <c r="L29" t="s">
+        <v>174</v>
+      </c>
       <c r="M29" t="s">
         <v>43</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B30" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30" t="s">
         <v>99</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>42</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>43</v>
       </c>
       <c r="N30" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F31" t="s">
         <v>99</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>42</v>
       </c>
       <c r="L31"/>
-      <c r="M31"/>
+      <c r="M31" t="s">
+        <v>43</v>
+      </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="O31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C32" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>99</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>41</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>190</v>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>192</v>
+      </c>
+      <c r="B33" t="s">
+        <v>193</v>
+      </c>
+      <c r="C33" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" t="s">
+        <v>194</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>99</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>41</v>
+      </c>
+      <c r="K33" t="s">
+        <v>42</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>195</v>
+      </c>
+      <c r="P33" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">