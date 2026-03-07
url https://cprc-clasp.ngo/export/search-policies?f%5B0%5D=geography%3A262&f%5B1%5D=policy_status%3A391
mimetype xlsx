--- v1 (2025-11-27)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -316,50 +316,53 @@
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -506,51 +509,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -868,60 +871,60 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1488,562 +1491,562 @@
       </c>
       <c r="P12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>52</v>
       </c>
       <c r="F13" t="s">
         <v>92</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>38</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>55</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E14" t="s">
         <v>52</v>
       </c>
       <c r="F14" t="s">
         <v>92</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
         <v>38</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>93</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>52</v>
       </c>
       <c r="F15" t="s">
         <v>92</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2000</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>55</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16" t="s">
         <v>52</v>
       </c>
       <c r="F16" t="s">
         <v>92</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
         <v>38</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>55</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>73</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
         <v>92</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>38</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
         <v>55</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E18" t="s">
         <v>52</v>
       </c>
       <c r="F18" t="s">
         <v>92</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
         <v>38</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>61</v>
       </c>
       <c r="M18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
       </c>
       <c r="F19" t="s">
         <v>92</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>55</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
       </c>
       <c r="F20" t="s">
         <v>92</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2023</v>
       </c>
       <c r="J20" t="s">
         <v>38</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>55</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" t="s">
         <v>92</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>55</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C22" t="s">
         <v>85</v>
       </c>
       <c r="D22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>92</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>55</v>
       </c>
       <c r="N22" t="s">
         <v>93</v>
       </c>
       <c r="O22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>92</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1992</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>55</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">