--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,302 +12,441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,723 +710,866 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>44</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>85</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>44</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>47</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...484 lines deleted...]
-      <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
+        <v>47</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>38</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-        <v>68</v>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
-[...18 lines deleted...]
-      <c r="G15">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
         <v>2013</v>
       </c>
-      <c r="H15"/>
-[...8 lines deleted...]
-      <c r="M15" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-        <v>70</v>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>