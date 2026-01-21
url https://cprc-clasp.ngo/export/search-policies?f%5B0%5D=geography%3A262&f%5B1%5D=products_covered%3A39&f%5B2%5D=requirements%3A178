--- v0 (2025-10-13)
+++ v1 (2026-01-21)
@@ -12,179 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,231 +467,252 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
-[...9 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>29</v>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>